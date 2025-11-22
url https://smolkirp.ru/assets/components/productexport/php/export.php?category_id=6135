--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>*прайс действителен на 08.10.2025</t>
+    <t>*прайс действителен на 22.11.2025</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -923,806 +923,806 @@
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
     </row>
     <row r="6" spans="1:15">
       <c r="B6" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="27"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
     </row>
     <row r="7" spans="1:15">
       <c r="B7" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="26">
         <v>2070</v>
       </c>
       <c r="D7" s="26"/>
       <c r="E7" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F7" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G7" s="29"/>
     </row>
     <row r="8" spans="1:15">
       <c r="B8" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="26">
         <v>2070</v>
       </c>
       <c r="D8" s="26"/>
       <c r="E8" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F8" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G8" s="29"/>
     </row>
     <row r="9" spans="1:15">
       <c r="B9" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="26">
         <v>2070</v>
       </c>
       <c r="D9" s="26"/>
       <c r="E9" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F9" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G9" s="29"/>
     </row>
     <row r="10" spans="1:15">
       <c r="B10" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="26">
         <v>2070</v>
       </c>
       <c r="D10" s="26"/>
       <c r="E10" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F10" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G10" s="29"/>
     </row>
     <row r="11" spans="1:15">
       <c r="B11" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="26">
         <v>2070</v>
       </c>
       <c r="D11" s="26"/>
       <c r="E11" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F11" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G11" s="29"/>
     </row>
     <row r="12" spans="1:15">
       <c r="B12" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="26">
         <v>2070</v>
       </c>
       <c r="D12" s="26"/>
       <c r="E12" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F12" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G12" s="29"/>
     </row>
     <row r="13" spans="1:15">
       <c r="B13" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="26">
         <v>2070</v>
       </c>
       <c r="D13" s="26"/>
       <c r="E13" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F13" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G13" s="29"/>
     </row>
     <row r="14" spans="1:15">
       <c r="B14" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="26">
         <v>2070</v>
       </c>
       <c r="D14" s="26"/>
       <c r="E14" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F14" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G14" s="29"/>
     </row>
     <row r="15" spans="1:15">
       <c r="B15" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="26">
         <v>2070</v>
       </c>
       <c r="D15" s="26"/>
       <c r="E15" s="26">
-        <v>8087.62</v>
+        <v>7563.78</v>
       </c>
       <c r="F15" s="28">
-        <v>8087.62</v>
+        <v>7563.78</v>
       </c>
       <c r="G15" s="29"/>
     </row>
     <row r="16" spans="1:15">
       <c r="B16" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="26">
         <v>2070</v>
       </c>
       <c r="D16" s="26"/>
       <c r="E16" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F16" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G16" s="29"/>
     </row>
     <row r="17" spans="1:15">
       <c r="B17" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="26">
         <v>2070</v>
       </c>
       <c r="D17" s="26"/>
       <c r="E17" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F17" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G17" s="29"/>
     </row>
     <row r="18" spans="1:15">
       <c r="B18" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="26">
         <v>2070</v>
       </c>
       <c r="D18" s="26"/>
       <c r="E18" s="26">
-        <v>8087.62</v>
+        <v>7563.78</v>
       </c>
       <c r="F18" s="28">
-        <v>8087.62</v>
+        <v>7563.78</v>
       </c>
       <c r="G18" s="29"/>
     </row>
     <row r="19" spans="1:15">
       <c r="B19" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="26">
         <v>2070</v>
       </c>
       <c r="D19" s="26"/>
       <c r="E19" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F19" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G19" s="29"/>
     </row>
     <row r="20" spans="1:15">
       <c r="B20" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="26">
         <v>2070</v>
       </c>
       <c r="D20" s="26"/>
       <c r="E20" s="26">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="F20" s="28">
-        <v>7990.54</v>
+        <v>7563.78</v>
       </c>
       <c r="G20" s="29"/>
     </row>
     <row r="21" spans="1:15">
       <c r="B21" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="26">
         <v>2070</v>
       </c>
       <c r="D21" s="26"/>
       <c r="E21" s="26">
-        <v>8087.62</v>
+        <v>7563.78</v>
       </c>
       <c r="F21" s="28">
-        <v>8087.62</v>
+        <v>7563.78</v>
       </c>
       <c r="G21" s="29"/>
     </row>
     <row r="22" spans="1:15">
       <c r="B22" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="26">
         <v>2070</v>
       </c>
       <c r="D22" s="26"/>
       <c r="E22" s="26">
-        <v>6919.01</v>
+        <v>6549.48</v>
       </c>
       <c r="F22" s="28">
-        <v>6919.01</v>
+        <v>6549.48</v>
       </c>
       <c r="G22" s="29"/>
     </row>
     <row r="23" spans="1:15">
       <c r="B23" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="26">
         <v>2070</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26">
-        <v>7003.07</v>
+        <v>6549.48</v>
       </c>
       <c r="F23" s="28">
-        <v>7003.07</v>
+        <v>6549.48</v>
       </c>
       <c r="G23" s="29"/>
     </row>
     <row r="24" spans="1:15">
       <c r="B24" s="26" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="26">
         <v>2070</v>
       </c>
       <c r="D24" s="26"/>
       <c r="E24" s="26">
-        <v>6919.01</v>
+        <v>6549.48</v>
       </c>
       <c r="F24" s="28">
-        <v>6919.01</v>
+        <v>6549.48</v>
       </c>
       <c r="G24" s="29"/>
     </row>
     <row r="25" spans="1:15">
       <c r="B25" s="26" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="26">
         <v>2070</v>
       </c>
       <c r="D25" s="26"/>
       <c r="E25" s="26">
-        <v>7003.07</v>
+        <v>6549.48</v>
       </c>
       <c r="F25" s="28">
-        <v>7003.07</v>
+        <v>6549.48</v>
       </c>
       <c r="G25" s="29"/>
     </row>
     <row r="26" spans="1:15">
       <c r="B26" s="26" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="26">
         <v>2070</v>
       </c>
       <c r="D26" s="26"/>
       <c r="E26" s="26">
-        <v>6919.01</v>
+        <v>6549.48</v>
       </c>
       <c r="F26" s="28">
-        <v>6919.01</v>
+        <v>6549.48</v>
       </c>
       <c r="G26" s="29"/>
     </row>
     <row r="27" spans="1:15">
       <c r="B27" s="26" t="s">
         <v>29</v>
       </c>
       <c r="C27" s="26">
         <v>1080</v>
       </c>
       <c r="D27" s="26"/>
       <c r="E27" s="26">
-        <v>15833.75</v>
+        <v>14988.09</v>
       </c>
       <c r="F27" s="28">
-        <v>15833.75</v>
+        <v>14988.09</v>
       </c>
       <c r="G27" s="29"/>
     </row>
     <row r="28" spans="1:15">
       <c r="B28" s="26" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="26">
         <v>1080</v>
       </c>
       <c r="D28" s="26"/>
       <c r="E28" s="26">
-        <v>15833.75</v>
+        <v>14988.09</v>
       </c>
       <c r="F28" s="28">
-        <v>15833.75</v>
+        <v>14988.09</v>
       </c>
       <c r="G28" s="29"/>
     </row>
     <row r="29" spans="1:15">
       <c r="B29" s="26" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="26">
         <v>1080</v>
       </c>
       <c r="D29" s="26"/>
       <c r="E29" s="26">
-        <v>15833.75</v>
+        <v>14988.09</v>
       </c>
       <c r="F29" s="28">
-        <v>15833.75</v>
+        <v>14988.09</v>
       </c>
       <c r="G29" s="29"/>
     </row>
     <row r="30" spans="1:15">
       <c r="B30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="C30" s="26">
         <v>3159</v>
       </c>
       <c r="D30" s="26"/>
       <c r="E30" s="26">
-        <v>7408.86</v>
+        <v>7013.16</v>
       </c>
       <c r="F30" s="28">
-        <v>7408.86</v>
+        <v>7013.16</v>
       </c>
       <c r="G30" s="29"/>
     </row>
     <row r="31" spans="1:15">
       <c r="B31" s="26" t="s">
         <v>33</v>
       </c>
       <c r="C31" s="26">
         <v>3159</v>
       </c>
       <c r="D31" s="26"/>
       <c r="E31" s="26">
-        <v>7408.86</v>
+        <v>7013.16</v>
       </c>
       <c r="F31" s="28">
-        <v>7408.86</v>
+        <v>7013.16</v>
       </c>
       <c r="G31" s="29"/>
     </row>
     <row r="32" spans="1:15">
       <c r="B32" s="26" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="26">
         <v>3159</v>
       </c>
       <c r="D32" s="26"/>
       <c r="E32" s="26">
-        <v>7408.86</v>
+        <v>7013.16</v>
       </c>
       <c r="F32" s="28">
-        <v>7408.86</v>
+        <v>7013.16</v>
       </c>
       <c r="G32" s="29"/>
     </row>
     <row r="33" spans="1:15">
       <c r="B33" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="26">
         <v>3159</v>
       </c>
       <c r="D33" s="26"/>
       <c r="E33" s="26">
-        <v>6925.6</v>
+        <v>6477.03</v>
       </c>
       <c r="F33" s="28">
-        <v>6925.6</v>
+        <v>6477.03</v>
       </c>
       <c r="G33" s="29"/>
     </row>
     <row r="34" spans="1:15">
       <c r="B34" s="26" t="s">
         <v>36</v>
       </c>
       <c r="C34" s="26">
         <v>3159</v>
       </c>
       <c r="D34" s="26"/>
       <c r="E34" s="26">
-        <v>6842.48</v>
+        <v>6477.03</v>
       </c>
       <c r="F34" s="28">
-        <v>6842.48</v>
+        <v>6477.03</v>
       </c>
       <c r="G34" s="29"/>
     </row>
     <row r="35" spans="1:15">
       <c r="B35" s="26" t="s">
         <v>37</v>
       </c>
       <c r="C35" s="26">
         <v>3159</v>
       </c>
       <c r="D35" s="26"/>
       <c r="E35" s="26">
-        <v>6842.48</v>
+        <v>6477.03</v>
       </c>
       <c r="F35" s="28">
-        <v>6842.48</v>
+        <v>6477.03</v>
       </c>
       <c r="G35" s="29"/>
     </row>
     <row r="36" spans="1:15">
       <c r="B36" s="26" t="s">
         <v>38</v>
       </c>
       <c r="C36" s="26">
         <v>1950</v>
       </c>
       <c r="D36" s="26"/>
       <c r="E36" s="26">
-        <v>10881.76</v>
+        <v>10532.86</v>
       </c>
       <c r="F36" s="28">
-        <v>10881.76</v>
+        <v>10532.86</v>
       </c>
       <c r="G36" s="29"/>
     </row>
     <row r="37" spans="1:15">
       <c r="B37" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C37" s="26">
         <v>1950</v>
       </c>
       <c r="D37" s="26"/>
       <c r="E37" s="26">
-        <v>10881.76</v>
+        <v>10300.58</v>
       </c>
       <c r="F37" s="28">
-        <v>10881.76</v>
+        <v>10300.58</v>
       </c>
       <c r="G37" s="29"/>
     </row>
     <row r="38" spans="1:15">
       <c r="B38" s="26" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="26">
         <v>1950</v>
       </c>
       <c r="D38" s="26"/>
       <c r="E38" s="26">
-        <v>10881.76</v>
+        <v>10532.86</v>
       </c>
       <c r="F38" s="28">
-        <v>10881.76</v>
+        <v>10532.86</v>
       </c>
       <c r="G38" s="29"/>
     </row>
     <row r="39" spans="1:15">
       <c r="B39" s="26" t="s">
         <v>41</v>
       </c>
       <c r="C39" s="26">
         <v>1950</v>
       </c>
       <c r="D39" s="26"/>
       <c r="E39" s="26">
-        <v>11013.96</v>
+        <v>10300.58</v>
       </c>
       <c r="F39" s="28">
-        <v>11013.96</v>
+        <v>10300.58</v>
       </c>
       <c r="G39" s="29"/>
     </row>
     <row r="40" spans="1:15">
       <c r="B40" s="26" t="s">
         <v>42</v>
       </c>
       <c r="C40" s="26">
         <v>1950</v>
       </c>
       <c r="D40" s="26"/>
       <c r="E40" s="26">
-        <v>10881.76</v>
+        <v>10300.58</v>
       </c>
       <c r="F40" s="28">
-        <v>10881.76</v>
+        <v>10300.58</v>
       </c>
       <c r="G40" s="29"/>
     </row>
     <row r="41" spans="1:15">
       <c r="B41" s="26" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="26">
         <v>1950</v>
       </c>
       <c r="D41" s="26"/>
       <c r="E41" s="26">
-        <v>11013.96</v>
+        <v>10300.58</v>
       </c>
       <c r="F41" s="28">
-        <v>11013.96</v>
+        <v>10300.58</v>
       </c>
       <c r="G41" s="29"/>
     </row>
     <row r="42" spans="1:15">
       <c r="B42" s="26" t="s">
         <v>44</v>
       </c>
       <c r="C42" s="26">
         <v>1950</v>
       </c>
       <c r="D42" s="26"/>
       <c r="E42" s="26">
-        <v>10881.76</v>
+        <v>10300.58</v>
       </c>
       <c r="F42" s="28">
-        <v>10881.76</v>
+        <v>10300.58</v>
       </c>
       <c r="G42" s="29"/>
     </row>
     <row r="43" spans="1:15">
       <c r="B43" s="26" t="s">
         <v>45</v>
       </c>
       <c r="C43" s="26">
         <v>4212</v>
       </c>
       <c r="D43" s="26"/>
       <c r="E43" s="26">
-        <v>5931.68</v>
+        <v>5614.88</v>
       </c>
       <c r="F43" s="28">
-        <v>5931.68</v>
+        <v>5614.88</v>
       </c>
       <c r="G43" s="29"/>
     </row>
     <row r="44" spans="1:15">
       <c r="B44" s="26" t="s">
         <v>46</v>
       </c>
       <c r="C44" s="26">
         <v>4212</v>
       </c>
       <c r="D44" s="26"/>
       <c r="E44" s="26">
-        <v>5931.68</v>
+        <v>5614.88</v>
       </c>
       <c r="F44" s="28">
-        <v>5931.68</v>
+        <v>5614.88</v>
       </c>
       <c r="G44" s="29"/>
     </row>
     <row r="45" spans="1:15">
       <c r="B45" s="26" t="s">
         <v>47</v>
       </c>
       <c r="C45" s="26">
         <v>4212</v>
       </c>
       <c r="D45" s="26"/>
       <c r="E45" s="26">
-        <v>5931.68</v>
+        <v>5614.88</v>
       </c>
       <c r="F45" s="28">
-        <v>5931.68</v>
+        <v>5614.88</v>
       </c>
       <c r="G45" s="29"/>
     </row>
     <row r="46" spans="1:15">
       <c r="B46" s="26" t="s">
         <v>48</v>
       </c>
       <c r="C46" s="26">
         <v>4212</v>
       </c>
       <c r="D46" s="26"/>
       <c r="E46" s="26">
-        <v>5931.68</v>
+        <v>5614.88</v>
       </c>
       <c r="F46" s="28">
-        <v>5931.68</v>
+        <v>5614.88</v>
       </c>
       <c r="G46" s="29"/>
     </row>
     <row r="47" spans="1:15">
       <c r="B47" s="26" t="s">
         <v>49</v>
       </c>
       <c r="C47" s="26">
         <v>4212</v>
       </c>
       <c r="D47" s="26"/>
       <c r="E47" s="26">
-        <v>7462.43</v>
+        <v>7063.88</v>
       </c>
       <c r="F47" s="28">
-        <v>7462.43</v>
+        <v>7063.88</v>
       </c>
       <c r="G47" s="29"/>
     </row>
     <row r="48" spans="1:15">
       <c r="B48" s="26" t="s">
         <v>50</v>
       </c>
       <c r="C48" s="26">
         <v>4212</v>
       </c>
       <c r="D48" s="26"/>
       <c r="E48" s="26">
-        <v>7462.43</v>
+        <v>7063.88</v>
       </c>
       <c r="F48" s="28">
-        <v>7462.43</v>
+        <v>7063.88</v>
       </c>
       <c r="G48" s="29"/>
     </row>
     <row r="49" spans="1:15">
       <c r="B49" s="26" t="s">
         <v>51</v>
       </c>
       <c r="C49" s="26">
         <v>4212</v>
       </c>
       <c r="D49" s="26"/>
       <c r="E49" s="26">
-        <v>7462.43</v>
+        <v>7063.88</v>
       </c>
       <c r="F49" s="28">
-        <v>7462.43</v>
+        <v>7063.88</v>
       </c>
       <c r="G49" s="29"/>
     </row>
     <row r="50" spans="1:15">
       <c r="B50" s="26" t="s">
         <v>52</v>
       </c>
       <c r="C50" s="26">
         <v>4212</v>
       </c>
       <c r="D50" s="26"/>
       <c r="E50" s="26">
-        <v>7462.43</v>
+        <v>7063.88</v>
       </c>
       <c r="F50" s="28">
-        <v>7462.43</v>
+        <v>7063.88</v>
       </c>
       <c r="G50" s="29"/>
     </row>
     <row r="51" spans="1:15">
       <c r="B51" s="26" t="s">
         <v>53</v>
       </c>
       <c r="C51" s="26">
         <v>1950</v>
       </c>
       <c r="D51" s="26"/>
       <c r="E51" s="26">
-        <v>1500.14</v>
+        <v>1420.02</v>
       </c>
       <c r="F51" s="28">
-        <v>1500.14</v>
+        <v>1420.02</v>
       </c>
       <c r="G51" s="29"/>
     </row>
     <row r="52" spans="1:15">
       <c r="B52" s="26" t="s">
         <v>54</v>
       </c>
       <c r="C52" s="26">
         <v>2070</v>
       </c>
       <c r="D52" s="26"/>
       <c r="E52" s="26">
-        <v>1258.85</v>
+        <v>1177.31</v>
       </c>
       <c r="F52" s="28">
-        <v>1258.85</v>
+        <v>1177.31</v>
       </c>
       <c r="G52" s="29"/>
     </row>
     <row r="53" spans="1:15">
       <c r="B53" s="26" t="s">
         <v>55</v>
       </c>
       <c r="C53" s="26">
         <v>1365</v>
       </c>
       <c r="D53" s="26"/>
       <c r="E53" s="26">
-        <v>1487.7</v>
+        <v>1408.25</v>
       </c>
       <c r="F53" s="28">
-        <v>1487.7</v>
+        <v>1408.25</v>
       </c>
       <c r="G53" s="29"/>
     </row>
     <row r="54" spans="1:15">
       <c r="B54" s="26" t="s">
         <v>56</v>
       </c>
       <c r="C54" s="26">
         <v>910</v>
       </c>
       <c r="D54" s="26"/>
       <c r="E54" s="26">
-        <v>1409.25</v>
+        <v>1333.99</v>
       </c>
       <c r="F54" s="28">
-        <v>1409.25</v>
+        <v>1333.99</v>
       </c>
       <c r="G54" s="29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B6:G6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 