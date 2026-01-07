--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>*прайс действителен на 22.11.2025</t>
+    <t>*прайс действителен на 07.01.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -923,806 +923,806 @@
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
     </row>
     <row r="6" spans="1:15">
       <c r="B6" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="27"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
     </row>
     <row r="7" spans="1:15">
       <c r="B7" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="26">
         <v>2070</v>
       </c>
       <c r="D7" s="26"/>
       <c r="E7" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F7" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G7" s="29"/>
     </row>
     <row r="8" spans="1:15">
       <c r="B8" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="26">
         <v>2070</v>
       </c>
       <c r="D8" s="26"/>
       <c r="E8" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F8" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G8" s="29"/>
     </row>
     <row r="9" spans="1:15">
       <c r="B9" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="26">
         <v>2070</v>
       </c>
       <c r="D9" s="26"/>
       <c r="E9" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F9" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G9" s="29"/>
     </row>
     <row r="10" spans="1:15">
       <c r="B10" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="26">
         <v>2070</v>
       </c>
       <c r="D10" s="26"/>
       <c r="E10" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F10" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G10" s="29"/>
     </row>
     <row r="11" spans="1:15">
       <c r="B11" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="26">
         <v>2070</v>
       </c>
       <c r="D11" s="26"/>
       <c r="E11" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F11" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G11" s="29"/>
     </row>
     <row r="12" spans="1:15">
       <c r="B12" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="26">
         <v>2070</v>
       </c>
       <c r="D12" s="26"/>
       <c r="E12" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F12" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G12" s="29"/>
     </row>
     <row r="13" spans="1:15">
       <c r="B13" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="26">
         <v>2070</v>
       </c>
       <c r="D13" s="26"/>
       <c r="E13" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F13" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G13" s="29"/>
     </row>
     <row r="14" spans="1:15">
       <c r="B14" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="26">
         <v>2070</v>
       </c>
       <c r="D14" s="26"/>
       <c r="E14" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F14" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G14" s="29"/>
     </row>
     <row r="15" spans="1:15">
       <c r="B15" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="26">
         <v>2070</v>
       </c>
       <c r="D15" s="26"/>
       <c r="E15" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F15" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G15" s="29"/>
     </row>
     <row r="16" spans="1:15">
       <c r="B16" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="26">
         <v>2070</v>
       </c>
       <c r="D16" s="26"/>
       <c r="E16" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F16" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G16" s="29"/>
     </row>
     <row r="17" spans="1:15">
       <c r="B17" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="26">
         <v>2070</v>
       </c>
       <c r="D17" s="26"/>
       <c r="E17" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F17" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G17" s="29"/>
     </row>
     <row r="18" spans="1:15">
       <c r="B18" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="26">
         <v>2070</v>
       </c>
       <c r="D18" s="26"/>
       <c r="E18" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F18" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G18" s="29"/>
     </row>
     <row r="19" spans="1:15">
       <c r="B19" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="26">
         <v>2070</v>
       </c>
       <c r="D19" s="26"/>
       <c r="E19" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F19" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G19" s="29"/>
     </row>
     <row r="20" spans="1:15">
       <c r="B20" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="26">
         <v>2070</v>
       </c>
       <c r="D20" s="26"/>
       <c r="E20" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F20" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G20" s="29"/>
     </row>
     <row r="21" spans="1:15">
       <c r="B21" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="26">
         <v>2070</v>
       </c>
       <c r="D21" s="26"/>
       <c r="E21" s="26">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="F21" s="28">
-        <v>7563.78</v>
+        <v>7691.67</v>
       </c>
       <c r="G21" s="29"/>
     </row>
     <row r="22" spans="1:15">
       <c r="B22" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="26">
         <v>2070</v>
       </c>
       <c r="D22" s="26"/>
       <c r="E22" s="26">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="F22" s="28">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="G22" s="29"/>
     </row>
     <row r="23" spans="1:15">
       <c r="B23" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="26">
         <v>2070</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="F23" s="28">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="G23" s="29"/>
     </row>
     <row r="24" spans="1:15">
       <c r="B24" s="26" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="26">
         <v>2070</v>
       </c>
       <c r="D24" s="26"/>
       <c r="E24" s="26">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="F24" s="28">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="G24" s="29"/>
     </row>
     <row r="25" spans="1:15">
       <c r="B25" s="26" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="26">
         <v>2070</v>
       </c>
       <c r="D25" s="26"/>
       <c r="E25" s="26">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="F25" s="28">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="G25" s="29"/>
     </row>
     <row r="26" spans="1:15">
       <c r="B26" s="26" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="26">
         <v>2070</v>
       </c>
       <c r="D26" s="26"/>
       <c r="E26" s="26">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="F26" s="28">
-        <v>6549.48</v>
+        <v>6660.22</v>
       </c>
       <c r="G26" s="29"/>
     </row>
     <row r="27" spans="1:15">
       <c r="B27" s="26" t="s">
         <v>29</v>
       </c>
       <c r="C27" s="26">
         <v>1080</v>
       </c>
       <c r="D27" s="26"/>
       <c r="E27" s="26">
-        <v>14988.09</v>
+        <v>15241.52</v>
       </c>
       <c r="F27" s="28">
-        <v>14988.09</v>
+        <v>15241.52</v>
       </c>
       <c r="G27" s="29"/>
     </row>
     <row r="28" spans="1:15">
       <c r="B28" s="26" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="26">
         <v>1080</v>
       </c>
       <c r="D28" s="26"/>
       <c r="E28" s="26">
-        <v>14988.09</v>
+        <v>15241.52</v>
       </c>
       <c r="F28" s="28">
-        <v>14988.09</v>
+        <v>15241.52</v>
       </c>
       <c r="G28" s="29"/>
     </row>
     <row r="29" spans="1:15">
       <c r="B29" s="26" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="26">
         <v>1080</v>
       </c>
       <c r="D29" s="26"/>
       <c r="E29" s="26">
-        <v>14988.09</v>
+        <v>15241.52</v>
       </c>
       <c r="F29" s="28">
-        <v>14988.09</v>
+        <v>15241.52</v>
       </c>
       <c r="G29" s="29"/>
     </row>
     <row r="30" spans="1:15">
       <c r="B30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="C30" s="26">
         <v>3159</v>
       </c>
       <c r="D30" s="26"/>
       <c r="E30" s="26">
-        <v>7013.16</v>
+        <v>7131.74</v>
       </c>
       <c r="F30" s="28">
-        <v>7013.16</v>
+        <v>7131.74</v>
       </c>
       <c r="G30" s="29"/>
     </row>
     <row r="31" spans="1:15">
       <c r="B31" s="26" t="s">
         <v>33</v>
       </c>
       <c r="C31" s="26">
         <v>3159</v>
       </c>
       <c r="D31" s="26"/>
       <c r="E31" s="26">
-        <v>7013.16</v>
+        <v>7131.74</v>
       </c>
       <c r="F31" s="28">
-        <v>7013.16</v>
+        <v>7131.74</v>
       </c>
       <c r="G31" s="29"/>
     </row>
     <row r="32" spans="1:15">
       <c r="B32" s="26" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="26">
         <v>3159</v>
       </c>
       <c r="D32" s="26"/>
       <c r="E32" s="26">
-        <v>7013.16</v>
+        <v>7131.74</v>
       </c>
       <c r="F32" s="28">
-        <v>7013.16</v>
+        <v>7131.74</v>
       </c>
       <c r="G32" s="29"/>
     </row>
     <row r="33" spans="1:15">
       <c r="B33" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="26">
         <v>3159</v>
       </c>
       <c r="D33" s="26"/>
       <c r="E33" s="26">
-        <v>6477.03</v>
+        <v>6586.55</v>
       </c>
       <c r="F33" s="28">
-        <v>6477.03</v>
+        <v>6586.55</v>
       </c>
       <c r="G33" s="29"/>
     </row>
     <row r="34" spans="1:15">
       <c r="B34" s="26" t="s">
         <v>36</v>
       </c>
       <c r="C34" s="26">
         <v>3159</v>
       </c>
       <c r="D34" s="26"/>
       <c r="E34" s="26">
-        <v>6477.03</v>
+        <v>6586.55</v>
       </c>
       <c r="F34" s="28">
-        <v>6477.03</v>
+        <v>6586.55</v>
       </c>
       <c r="G34" s="29"/>
     </row>
     <row r="35" spans="1:15">
       <c r="B35" s="26" t="s">
         <v>37</v>
       </c>
       <c r="C35" s="26">
         <v>3159</v>
       </c>
       <c r="D35" s="26"/>
       <c r="E35" s="26">
-        <v>6477.03</v>
+        <v>6586.55</v>
       </c>
       <c r="F35" s="28">
-        <v>6477.03</v>
+        <v>6586.55</v>
       </c>
       <c r="G35" s="29"/>
     </row>
     <row r="36" spans="1:15">
       <c r="B36" s="26" t="s">
         <v>38</v>
       </c>
       <c r="C36" s="26">
         <v>1950</v>
       </c>
       <c r="D36" s="26"/>
       <c r="E36" s="26">
-        <v>10532.86</v>
+        <v>10474.75</v>
       </c>
       <c r="F36" s="28">
-        <v>10532.86</v>
+        <v>10474.75</v>
       </c>
       <c r="G36" s="29"/>
     </row>
     <row r="37" spans="1:15">
       <c r="B37" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C37" s="26">
         <v>1950</v>
       </c>
       <c r="D37" s="26"/>
       <c r="E37" s="26">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="F37" s="28">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="G37" s="29"/>
     </row>
     <row r="38" spans="1:15">
       <c r="B38" s="26" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="26">
         <v>1950</v>
       </c>
       <c r="D38" s="26"/>
       <c r="E38" s="26">
-        <v>10532.86</v>
+        <v>10474.75</v>
       </c>
       <c r="F38" s="28">
-        <v>10532.86</v>
+        <v>10474.75</v>
       </c>
       <c r="G38" s="29"/>
     </row>
     <row r="39" spans="1:15">
       <c r="B39" s="26" t="s">
         <v>41</v>
       </c>
       <c r="C39" s="26">
         <v>1950</v>
       </c>
       <c r="D39" s="26"/>
       <c r="E39" s="26">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="F39" s="28">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="G39" s="29"/>
     </row>
     <row r="40" spans="1:15">
       <c r="B40" s="26" t="s">
         <v>42</v>
       </c>
       <c r="C40" s="26">
         <v>1950</v>
       </c>
       <c r="D40" s="26"/>
       <c r="E40" s="26">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="F40" s="28">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="G40" s="29"/>
     </row>
     <row r="41" spans="1:15">
       <c r="B41" s="26" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="26">
         <v>1950</v>
       </c>
       <c r="D41" s="26"/>
       <c r="E41" s="26">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="F41" s="28">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="G41" s="29"/>
     </row>
     <row r="42" spans="1:15">
       <c r="B42" s="26" t="s">
         <v>44</v>
       </c>
       <c r="C42" s="26">
         <v>1950</v>
       </c>
       <c r="D42" s="26"/>
       <c r="E42" s="26">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="F42" s="28">
-        <v>10300.58</v>
+        <v>10474.75</v>
       </c>
       <c r="G42" s="29"/>
     </row>
     <row r="43" spans="1:15">
       <c r="B43" s="26" t="s">
         <v>45</v>
       </c>
       <c r="C43" s="26">
         <v>4212</v>
       </c>
       <c r="D43" s="26"/>
       <c r="E43" s="26">
-        <v>5614.88</v>
+        <v>5709.82</v>
       </c>
       <c r="F43" s="28">
-        <v>5614.88</v>
+        <v>5709.82</v>
       </c>
       <c r="G43" s="29"/>
     </row>
     <row r="44" spans="1:15">
       <c r="B44" s="26" t="s">
         <v>46</v>
       </c>
       <c r="C44" s="26">
         <v>4212</v>
       </c>
       <c r="D44" s="26"/>
       <c r="E44" s="26">
-        <v>5614.88</v>
+        <v>5709.82</v>
       </c>
       <c r="F44" s="28">
-        <v>5614.88</v>
+        <v>5709.82</v>
       </c>
       <c r="G44" s="29"/>
     </row>
     <row r="45" spans="1:15">
       <c r="B45" s="26" t="s">
         <v>47</v>
       </c>
       <c r="C45" s="26">
         <v>4212</v>
       </c>
       <c r="D45" s="26"/>
       <c r="E45" s="26">
-        <v>5614.88</v>
+        <v>5709.82</v>
       </c>
       <c r="F45" s="28">
-        <v>5614.88</v>
+        <v>5709.82</v>
       </c>
       <c r="G45" s="29"/>
     </row>
     <row r="46" spans="1:15">
       <c r="B46" s="26" t="s">
         <v>48</v>
       </c>
       <c r="C46" s="26">
         <v>4212</v>
       </c>
       <c r="D46" s="26"/>
       <c r="E46" s="26">
-        <v>5614.88</v>
+        <v>5709.82</v>
       </c>
       <c r="F46" s="28">
-        <v>5614.88</v>
+        <v>5709.82</v>
       </c>
       <c r="G46" s="29"/>
     </row>
     <row r="47" spans="1:15">
       <c r="B47" s="26" t="s">
         <v>49</v>
       </c>
       <c r="C47" s="26">
         <v>4212</v>
       </c>
       <c r="D47" s="26"/>
       <c r="E47" s="26">
-        <v>7063.88</v>
+        <v>7183.32</v>
       </c>
       <c r="F47" s="28">
-        <v>7063.88</v>
+        <v>7183.32</v>
       </c>
       <c r="G47" s="29"/>
     </row>
     <row r="48" spans="1:15">
       <c r="B48" s="26" t="s">
         <v>50</v>
       </c>
       <c r="C48" s="26">
         <v>4212</v>
       </c>
       <c r="D48" s="26"/>
       <c r="E48" s="26">
-        <v>7063.88</v>
+        <v>7183.32</v>
       </c>
       <c r="F48" s="28">
-        <v>7063.88</v>
+        <v>7183.32</v>
       </c>
       <c r="G48" s="29"/>
     </row>
     <row r="49" spans="1:15">
       <c r="B49" s="26" t="s">
         <v>51</v>
       </c>
       <c r="C49" s="26">
         <v>4212</v>
       </c>
       <c r="D49" s="26"/>
       <c r="E49" s="26">
-        <v>7063.88</v>
+        <v>7183.32</v>
       </c>
       <c r="F49" s="28">
-        <v>7063.88</v>
+        <v>7183.32</v>
       </c>
       <c r="G49" s="29"/>
     </row>
     <row r="50" spans="1:15">
       <c r="B50" s="26" t="s">
         <v>52</v>
       </c>
       <c r="C50" s="26">
         <v>4212</v>
       </c>
       <c r="D50" s="26"/>
       <c r="E50" s="26">
-        <v>7063.88</v>
+        <v>7183.32</v>
       </c>
       <c r="F50" s="28">
-        <v>7063.88</v>
+        <v>7183.32</v>
       </c>
       <c r="G50" s="29"/>
     </row>
     <row r="51" spans="1:15">
       <c r="B51" s="26" t="s">
         <v>53</v>
       </c>
       <c r="C51" s="26">
         <v>1950</v>
       </c>
       <c r="D51" s="26"/>
       <c r="E51" s="26">
-        <v>1420.02</v>
+        <v>1444.03</v>
       </c>
       <c r="F51" s="28">
-        <v>1420.02</v>
+        <v>1444.03</v>
       </c>
       <c r="G51" s="29"/>
     </row>
     <row r="52" spans="1:15">
       <c r="B52" s="26" t="s">
         <v>54</v>
       </c>
       <c r="C52" s="26">
         <v>2070</v>
       </c>
       <c r="D52" s="26"/>
       <c r="E52" s="26">
-        <v>1177.31</v>
+        <v>1197.22</v>
       </c>
       <c r="F52" s="28">
-        <v>1177.31</v>
+        <v>1197.22</v>
       </c>
       <c r="G52" s="29"/>
     </row>
     <row r="53" spans="1:15">
       <c r="B53" s="26" t="s">
         <v>55</v>
       </c>
       <c r="C53" s="26">
         <v>1365</v>
       </c>
       <c r="D53" s="26"/>
       <c r="E53" s="26">
-        <v>1408.25</v>
+        <v>1432.06</v>
       </c>
       <c r="F53" s="28">
-        <v>1408.25</v>
+        <v>1432.06</v>
       </c>
       <c r="G53" s="29"/>
     </row>
     <row r="54" spans="1:15">
       <c r="B54" s="26" t="s">
         <v>56</v>
       </c>
       <c r="C54" s="26">
         <v>910</v>
       </c>
       <c r="D54" s="26"/>
       <c r="E54" s="26">
-        <v>1333.99</v>
+        <v>1356.54</v>
       </c>
       <c r="F54" s="28">
-        <v>1333.99</v>
+        <v>1356.54</v>
       </c>
       <c r="G54" s="29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B6:G6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 