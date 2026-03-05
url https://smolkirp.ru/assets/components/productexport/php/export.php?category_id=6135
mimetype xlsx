--- v2 (2026-01-07)
+++ v3 (2026-03-05)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>*прайс действителен на 07.01.2026</t>
+    <t>*прайс действителен на 05.03.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -923,806 +923,806 @@
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
     </row>
     <row r="6" spans="1:15">
       <c r="B6" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="27"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
     </row>
     <row r="7" spans="1:15">
       <c r="B7" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="26">
         <v>2070</v>
       </c>
       <c r="D7" s="26"/>
       <c r="E7" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F7" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G7" s="29"/>
     </row>
     <row r="8" spans="1:15">
       <c r="B8" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="26">
         <v>2070</v>
       </c>
       <c r="D8" s="26"/>
       <c r="E8" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F8" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G8" s="29"/>
     </row>
     <row r="9" spans="1:15">
       <c r="B9" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="26">
         <v>2070</v>
       </c>
       <c r="D9" s="26"/>
       <c r="E9" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F9" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G9" s="29"/>
     </row>
     <row r="10" spans="1:15">
       <c r="B10" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="26">
         <v>2070</v>
       </c>
       <c r="D10" s="26"/>
       <c r="E10" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F10" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G10" s="29"/>
     </row>
     <row r="11" spans="1:15">
       <c r="B11" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="26">
         <v>2070</v>
       </c>
       <c r="D11" s="26"/>
       <c r="E11" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F11" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G11" s="29"/>
     </row>
     <row r="12" spans="1:15">
       <c r="B12" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="26">
         <v>2070</v>
       </c>
       <c r="D12" s="26"/>
       <c r="E12" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F12" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G12" s="29"/>
     </row>
     <row r="13" spans="1:15">
       <c r="B13" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="26">
         <v>2070</v>
       </c>
       <c r="D13" s="26"/>
       <c r="E13" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F13" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G13" s="29"/>
     </row>
     <row r="14" spans="1:15">
       <c r="B14" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="26">
         <v>2070</v>
       </c>
       <c r="D14" s="26"/>
       <c r="E14" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F14" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G14" s="29"/>
     </row>
     <row r="15" spans="1:15">
       <c r="B15" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="26">
         <v>2070</v>
       </c>
       <c r="D15" s="26"/>
       <c r="E15" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F15" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G15" s="29"/>
     </row>
     <row r="16" spans="1:15">
       <c r="B16" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="26">
         <v>2070</v>
       </c>
       <c r="D16" s="26"/>
       <c r="E16" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F16" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G16" s="29"/>
     </row>
     <row r="17" spans="1:15">
       <c r="B17" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="26">
         <v>2070</v>
       </c>
       <c r="D17" s="26"/>
       <c r="E17" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F17" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G17" s="29"/>
     </row>
     <row r="18" spans="1:15">
       <c r="B18" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="26">
         <v>2070</v>
       </c>
       <c r="D18" s="26"/>
       <c r="E18" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F18" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G18" s="29"/>
     </row>
     <row r="19" spans="1:15">
       <c r="B19" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="26">
         <v>2070</v>
       </c>
       <c r="D19" s="26"/>
       <c r="E19" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F19" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G19" s="29"/>
     </row>
     <row r="20" spans="1:15">
       <c r="B20" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="26">
         <v>2070</v>
       </c>
       <c r="D20" s="26"/>
       <c r="E20" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F20" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G20" s="29"/>
     </row>
     <row r="21" spans="1:15">
       <c r="B21" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="26">
         <v>2070</v>
       </c>
       <c r="D21" s="26"/>
       <c r="E21" s="26">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="F21" s="28">
-        <v>7691.67</v>
+        <v>7579.09</v>
       </c>
       <c r="G21" s="29"/>
     </row>
     <row r="22" spans="1:15">
       <c r="B22" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="26">
         <v>2070</v>
       </c>
       <c r="D22" s="26"/>
       <c r="E22" s="26">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="F22" s="28">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="G22" s="29"/>
     </row>
     <row r="23" spans="1:15">
       <c r="B23" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="26">
         <v>2070</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="F23" s="28">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="G23" s="29"/>
     </row>
     <row r="24" spans="1:15">
       <c r="B24" s="26" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="26">
         <v>2070</v>
       </c>
       <c r="D24" s="26"/>
       <c r="E24" s="26">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="F24" s="28">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="G24" s="29"/>
     </row>
     <row r="25" spans="1:15">
       <c r="B25" s="26" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="26">
         <v>2070</v>
       </c>
       <c r="D25" s="26"/>
       <c r="E25" s="26">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="F25" s="28">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="G25" s="29"/>
     </row>
     <row r="26" spans="1:15">
       <c r="B26" s="26" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="26">
         <v>2070</v>
       </c>
       <c r="D26" s="26"/>
       <c r="E26" s="26">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="F26" s="28">
-        <v>6660.22</v>
+        <v>6562.74</v>
       </c>
       <c r="G26" s="29"/>
     </row>
     <row r="27" spans="1:15">
       <c r="B27" s="26" t="s">
         <v>29</v>
       </c>
       <c r="C27" s="26">
         <v>1080</v>
       </c>
       <c r="D27" s="26"/>
       <c r="E27" s="26">
-        <v>15241.52</v>
+        <v>15018.43</v>
       </c>
       <c r="F27" s="28">
-        <v>15241.52</v>
+        <v>15018.43</v>
       </c>
       <c r="G27" s="29"/>
     </row>
     <row r="28" spans="1:15">
       <c r="B28" s="26" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="26">
         <v>1080</v>
       </c>
       <c r="D28" s="26"/>
       <c r="E28" s="26">
-        <v>15241.52</v>
+        <v>15018.43</v>
       </c>
       <c r="F28" s="28">
-        <v>15241.52</v>
+        <v>15018.43</v>
       </c>
       <c r="G28" s="29"/>
     </row>
     <row r="29" spans="1:15">
       <c r="B29" s="26" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="26">
         <v>1080</v>
       </c>
       <c r="D29" s="26"/>
       <c r="E29" s="26">
-        <v>15241.52</v>
+        <v>15018.43</v>
       </c>
       <c r="F29" s="28">
-        <v>15241.52</v>
+        <v>15018.43</v>
       </c>
       <c r="G29" s="29"/>
     </row>
     <row r="30" spans="1:15">
       <c r="B30" s="26" t="s">
         <v>32</v>
       </c>
       <c r="C30" s="26">
         <v>3159</v>
       </c>
       <c r="D30" s="26"/>
       <c r="E30" s="26">
-        <v>7131.74</v>
+        <v>7027.35</v>
       </c>
       <c r="F30" s="28">
-        <v>7131.74</v>
+        <v>7027.35</v>
       </c>
       <c r="G30" s="29"/>
     </row>
     <row r="31" spans="1:15">
       <c r="B31" s="26" t="s">
         <v>33</v>
       </c>
       <c r="C31" s="26">
         <v>3159</v>
       </c>
       <c r="D31" s="26"/>
       <c r="E31" s="26">
-        <v>7131.74</v>
+        <v>7027.35</v>
       </c>
       <c r="F31" s="28">
-        <v>7131.74</v>
+        <v>7027.35</v>
       </c>
       <c r="G31" s="29"/>
     </row>
     <row r="32" spans="1:15">
       <c r="B32" s="26" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="26">
         <v>3159</v>
       </c>
       <c r="D32" s="26"/>
       <c r="E32" s="26">
-        <v>7131.74</v>
+        <v>7027.35</v>
       </c>
       <c r="F32" s="28">
-        <v>7131.74</v>
+        <v>7027.35</v>
       </c>
       <c r="G32" s="29"/>
     </row>
     <row r="33" spans="1:15">
       <c r="B33" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="26">
         <v>3159</v>
       </c>
       <c r="D33" s="26"/>
       <c r="E33" s="26">
-        <v>6586.55</v>
+        <v>6490.14</v>
       </c>
       <c r="F33" s="28">
-        <v>6586.55</v>
+        <v>6490.14</v>
       </c>
       <c r="G33" s="29"/>
     </row>
     <row r="34" spans="1:15">
       <c r="B34" s="26" t="s">
         <v>36</v>
       </c>
       <c r="C34" s="26">
         <v>3159</v>
       </c>
       <c r="D34" s="26"/>
       <c r="E34" s="26">
-        <v>6586.55</v>
+        <v>6490.14</v>
       </c>
       <c r="F34" s="28">
-        <v>6586.55</v>
+        <v>6490.14</v>
       </c>
       <c r="G34" s="29"/>
     </row>
     <row r="35" spans="1:15">
       <c r="B35" s="26" t="s">
         <v>37</v>
       </c>
       <c r="C35" s="26">
         <v>3159</v>
       </c>
       <c r="D35" s="26"/>
       <c r="E35" s="26">
-        <v>6586.55</v>
+        <v>6490.14</v>
       </c>
       <c r="F35" s="28">
-        <v>6586.55</v>
+        <v>6490.14</v>
       </c>
       <c r="G35" s="29"/>
     </row>
     <row r="36" spans="1:15">
       <c r="B36" s="26" t="s">
         <v>38</v>
       </c>
       <c r="C36" s="26">
         <v>1950</v>
       </c>
       <c r="D36" s="26"/>
       <c r="E36" s="26">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="F36" s="28">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="G36" s="29"/>
     </row>
     <row r="37" spans="1:15">
       <c r="B37" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C37" s="26">
         <v>1950</v>
       </c>
       <c r="D37" s="26"/>
       <c r="E37" s="26">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="F37" s="28">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="G37" s="29"/>
     </row>
     <row r="38" spans="1:15">
       <c r="B38" s="26" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="26">
         <v>1950</v>
       </c>
       <c r="D38" s="26"/>
       <c r="E38" s="26">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="F38" s="28">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="G38" s="29"/>
     </row>
     <row r="39" spans="1:15">
       <c r="B39" s="26" t="s">
         <v>41</v>
       </c>
       <c r="C39" s="26">
         <v>1950</v>
       </c>
       <c r="D39" s="26"/>
       <c r="E39" s="26">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="F39" s="28">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="G39" s="29"/>
     </row>
     <row r="40" spans="1:15">
       <c r="B40" s="26" t="s">
         <v>42</v>
       </c>
       <c r="C40" s="26">
         <v>1950</v>
       </c>
       <c r="D40" s="26"/>
       <c r="E40" s="26">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="F40" s="28">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="G40" s="29"/>
     </row>
     <row r="41" spans="1:15">
       <c r="B41" s="26" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="26">
         <v>1950</v>
       </c>
       <c r="D41" s="26"/>
       <c r="E41" s="26">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="F41" s="28">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="G41" s="29"/>
     </row>
     <row r="42" spans="1:15">
       <c r="B42" s="26" t="s">
         <v>44</v>
       </c>
       <c r="C42" s="26">
         <v>1950</v>
       </c>
       <c r="D42" s="26"/>
       <c r="E42" s="26">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="F42" s="28">
-        <v>10474.75</v>
+        <v>10321.43</v>
       </c>
       <c r="G42" s="29"/>
     </row>
     <row r="43" spans="1:15">
       <c r="B43" s="26" t="s">
         <v>45</v>
       </c>
       <c r="C43" s="26">
         <v>4212</v>
       </c>
       <c r="D43" s="26"/>
       <c r="E43" s="26">
-        <v>5709.82</v>
+        <v>5626.24</v>
       </c>
       <c r="F43" s="28">
-        <v>5709.82</v>
+        <v>5626.24</v>
       </c>
       <c r="G43" s="29"/>
     </row>
     <row r="44" spans="1:15">
       <c r="B44" s="26" t="s">
         <v>46</v>
       </c>
       <c r="C44" s="26">
         <v>4212</v>
       </c>
       <c r="D44" s="26"/>
       <c r="E44" s="26">
-        <v>5709.82</v>
+        <v>5626.24</v>
       </c>
       <c r="F44" s="28">
-        <v>5709.82</v>
+        <v>5626.24</v>
       </c>
       <c r="G44" s="29"/>
     </row>
     <row r="45" spans="1:15">
       <c r="B45" s="26" t="s">
         <v>47</v>
       </c>
       <c r="C45" s="26">
         <v>4212</v>
       </c>
       <c r="D45" s="26"/>
       <c r="E45" s="26">
-        <v>5709.82</v>
+        <v>5626.24</v>
       </c>
       <c r="F45" s="28">
-        <v>5709.82</v>
+        <v>5626.24</v>
       </c>
       <c r="G45" s="29"/>
     </row>
     <row r="46" spans="1:15">
       <c r="B46" s="26" t="s">
         <v>48</v>
       </c>
       <c r="C46" s="26">
         <v>4212</v>
       </c>
       <c r="D46" s="26"/>
       <c r="E46" s="26">
-        <v>5709.82</v>
+        <v>5626.24</v>
       </c>
       <c r="F46" s="28">
-        <v>5709.82</v>
+        <v>5626.24</v>
       </c>
       <c r="G46" s="29"/>
     </row>
     <row r="47" spans="1:15">
       <c r="B47" s="26" t="s">
         <v>49</v>
       </c>
       <c r="C47" s="26">
         <v>4212</v>
       </c>
       <c r="D47" s="26"/>
       <c r="E47" s="26">
-        <v>7183.32</v>
+        <v>7078.17</v>
       </c>
       <c r="F47" s="28">
-        <v>7183.32</v>
+        <v>7078.17</v>
       </c>
       <c r="G47" s="29"/>
     </row>
     <row r="48" spans="1:15">
       <c r="B48" s="26" t="s">
         <v>50</v>
       </c>
       <c r="C48" s="26">
         <v>4212</v>
       </c>
       <c r="D48" s="26"/>
       <c r="E48" s="26">
-        <v>7183.32</v>
+        <v>7078.17</v>
       </c>
       <c r="F48" s="28">
-        <v>7183.32</v>
+        <v>7078.17</v>
       </c>
       <c r="G48" s="29"/>
     </row>
     <row r="49" spans="1:15">
       <c r="B49" s="26" t="s">
         <v>51</v>
       </c>
       <c r="C49" s="26">
         <v>4212</v>
       </c>
       <c r="D49" s="26"/>
       <c r="E49" s="26">
-        <v>7183.32</v>
+        <v>7078.17</v>
       </c>
       <c r="F49" s="28">
-        <v>7183.32</v>
+        <v>7078.17</v>
       </c>
       <c r="G49" s="29"/>
     </row>
     <row r="50" spans="1:15">
       <c r="B50" s="26" t="s">
         <v>52</v>
       </c>
       <c r="C50" s="26">
         <v>4212</v>
       </c>
       <c r="D50" s="26"/>
       <c r="E50" s="26">
-        <v>7183.32</v>
+        <v>7078.17</v>
       </c>
       <c r="F50" s="28">
-        <v>7183.32</v>
+        <v>7078.17</v>
       </c>
       <c r="G50" s="29"/>
     </row>
     <row r="51" spans="1:15">
       <c r="B51" s="26" t="s">
         <v>53</v>
       </c>
       <c r="C51" s="26">
         <v>1950</v>
       </c>
       <c r="D51" s="26"/>
       <c r="E51" s="26">
-        <v>1444.03</v>
+        <v>1422.89</v>
       </c>
       <c r="F51" s="28">
-        <v>1444.03</v>
+        <v>1422.89</v>
       </c>
       <c r="G51" s="29"/>
     </row>
     <row r="52" spans="1:15">
       <c r="B52" s="26" t="s">
         <v>54</v>
       </c>
       <c r="C52" s="26">
         <v>2070</v>
       </c>
       <c r="D52" s="26"/>
       <c r="E52" s="26">
-        <v>1197.22</v>
+        <v>1179.7</v>
       </c>
       <c r="F52" s="28">
-        <v>1197.22</v>
+        <v>1179.7</v>
       </c>
       <c r="G52" s="29"/>
     </row>
     <row r="53" spans="1:15">
       <c r="B53" s="26" t="s">
         <v>55</v>
       </c>
       <c r="C53" s="26">
         <v>1365</v>
       </c>
       <c r="D53" s="26"/>
       <c r="E53" s="26">
-        <v>1432.06</v>
+        <v>1411.1</v>
       </c>
       <c r="F53" s="28">
-        <v>1432.06</v>
+        <v>1411.1</v>
       </c>
       <c r="G53" s="29"/>
     </row>
     <row r="54" spans="1:15">
       <c r="B54" s="26" t="s">
         <v>56</v>
       </c>
       <c r="C54" s="26">
         <v>910</v>
       </c>
       <c r="D54" s="26"/>
       <c r="E54" s="26">
-        <v>1356.54</v>
+        <v>1336.69</v>
       </c>
       <c r="F54" s="28">
-        <v>1356.54</v>
+        <v>1336.69</v>
       </c>
       <c r="G54" s="29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B6:G6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 