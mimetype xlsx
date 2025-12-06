--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
-    <t>*прайс действителен на 22.10.2025</t>
+    <t>*прайс действителен на 06.12.2025</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>