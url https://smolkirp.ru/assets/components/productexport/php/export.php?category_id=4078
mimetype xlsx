--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -14,115 +14,79 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
-    <t>*прайс действителен на 06.12.2025</t>
+    <t>*прайс действителен на 04.02.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
     <t>Газосиликат - Могилёв</t>
-  </si>
-[...34 lines deleted...]
-    <t>Газосиликатный блок, D500, 600х300х100, F25 Газосиликат - Могилёв</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="9">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="12"/>
       <color rgb="FF0563C1"/>
       <name val="Calibri"/>
@@ -169,129 +133,109 @@
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF88AD01"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="6">
+  <borders count="5">
     <border/>
     <border>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
-    <border>
-[...12 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="25">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
@@ -321,65 +265,50 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="2" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="2" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...13 lines deleted...]
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="5" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
@@ -684,51 +613,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O18"/>
+  <dimension ref="A1:O5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="114" customWidth="true" style="3"/>
     <col min="3" max="3" width="13" customWidth="true" style="3"/>
     <col min="4" max="4" width="14.875" customWidth="true" style="3"/>
     <col min="5" max="5" width="16.625" customWidth="true" style="3"/>
     <col min="6" max="6" width="16.625" customWidth="true" style="3"/>
     <col min="7" max="7" width="16.625" customWidth="true" style="3"/>
     <col min="8" max="8" width="10.875" customWidth="true" style="8"/>
     <col min="9" max="9" width="10.875" customWidth="true" style="8"/>
     <col min="10" max="10" width="10.875" customWidth="true" style="8"/>
     <col min="11" max="11" width="22.5" customWidth="true" style="8"/>
     <col min="12" max="12" width="10.875" hidden="true" customWidth="true" style="8"/>
     <col min="13" max="13" width="10.875" hidden="true" customWidth="true" style="8"/>
     <col min="14" max="14" width="21.5" customWidth="true" style="10"/>
     <col min="15" max="15" width="21.5" customWidth="true" style="11"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="1" ht="15.75">
@@ -796,234 +725,55 @@
         <v>6</v>
       </c>
       <c r="G4" s="16" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="12"/>
     </row>
     <row r="5" spans="1:15" customHeight="1" ht="24">
       <c r="B5" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="20"/>
       <c r="D5" s="20"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="22"/>
       <c r="H5" s="13"/>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
     </row>
-    <row r="6" spans="1:15">
-[...176 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C3:G3"/>
-    <mergeCell ref="B6:G6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>