--- v0 (2025-10-20)
+++ v1 (2026-01-30)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
-    <t>*прайс действителен на 20.10.2025</t>
+    <t>*прайс действителен на 30.01.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -800,70 +800,70 @@
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
     </row>
     <row r="6" spans="1:15">
       <c r="B6" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="27"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
     </row>
     <row r="7" spans="1:15">
       <c r="B7" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="26"/>
       <c r="D7" s="26">
         <v>780</v>
       </c>
       <c r="E7" s="26">
-        <v>962.0</v>
+        <v>979.0</v>
       </c>
       <c r="F7" s="28">
-        <v>962.0</v>
+        <v>979.0</v>
       </c>
       <c r="G7" s="29"/>
     </row>
     <row r="8" spans="1:15">
       <c r="B8" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26">
         <v>780</v>
       </c>
       <c r="E8" s="26">
-        <v>745.0</v>
+        <v>758.0</v>
       </c>
       <c r="F8" s="28">
-        <v>745.0</v>
+        <v>758.0</v>
       </c>
       <c r="G8" s="29"/>
     </row>
     <row r="9" spans="1:15">
       <c r="B9" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
     </row>
     <row r="10" spans="1:15">
       <c r="B10" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="26"/>
       <c r="D10" s="26"/>
       <c r="E10" s="26">
         <v>790.0</v>
       </c>
       <c r="F10" s="28">
         <v>790.0</v>
       </c>