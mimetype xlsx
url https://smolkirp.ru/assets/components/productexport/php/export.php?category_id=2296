--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
-    <t>*прайс действителен на 30.01.2026</t>
+    <t>*прайс действителен на 17.03.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -840,82 +840,82 @@
       <c r="E8" s="26">
         <v>758.0</v>
       </c>
       <c r="F8" s="28">
         <v>758.0</v>
       </c>
       <c r="G8" s="29"/>
     </row>
     <row r="9" spans="1:15">
       <c r="B9" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
     </row>
     <row r="10" spans="1:15">
       <c r="B10" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="26"/>
       <c r="D10" s="26"/>
       <c r="E10" s="26">
-        <v>790.0</v>
+        <v>940.0</v>
       </c>
       <c r="F10" s="28">
-        <v>790.0</v>
+        <v>940.0</v>
       </c>
       <c r="G10" s="29"/>
     </row>
     <row r="11" spans="1:15">
       <c r="B11" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="26"/>
       <c r="D11" s="26"/>
       <c r="E11" s="26">
-        <v>790.0</v>
+        <v>940.0</v>
       </c>
       <c r="F11" s="28">
-        <v>790.0</v>
+        <v>940.0</v>
       </c>
       <c r="G11" s="29"/>
     </row>
     <row r="12" spans="1:15">
       <c r="B12" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="26"/>
       <c r="D12" s="26"/>
       <c r="E12" s="26">
-        <v>790.0</v>
+        <v>940.0</v>
       </c>
       <c r="F12" s="28">
-        <v>790.0</v>
+        <v>940.0</v>
       </c>
       <c r="G12" s="29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B9:G9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>