--- v0 (2025-11-04)
+++ v1 (2026-02-16)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>*прайс действителен на 04.11.2025</t>
+    <t>*прайс действителен на 16.02.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -854,246 +854,246 @@
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
     </row>
     <row r="6" spans="1:15">
       <c r="B6" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="27"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
     </row>
     <row r="7" spans="1:15">
       <c r="B7" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="26"/>
       <c r="D7" s="26">
         <v>198</v>
       </c>
       <c r="E7" s="26">
-        <v>821.0</v>
+        <v>835.0</v>
       </c>
       <c r="F7" s="28">
-        <v>821.0</v>
+        <v>835.0</v>
       </c>
       <c r="G7" s="29"/>
     </row>
     <row r="8" spans="1:15">
       <c r="B8" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26">
         <v>1144</v>
       </c>
       <c r="E8" s="26">
-        <v>329.0</v>
+        <v>335.0</v>
       </c>
       <c r="F8" s="28">
-        <v>329.0</v>
+        <v>335.0</v>
       </c>
       <c r="G8" s="29"/>
     </row>
     <row r="9" spans="1:15">
       <c r="B9" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="26"/>
       <c r="D9" s="26">
         <v>1144</v>
       </c>
       <c r="E9" s="26">
-        <v>329.0</v>
+        <v>335.0</v>
       </c>
       <c r="F9" s="28">
-        <v>329.0</v>
+        <v>335.0</v>
       </c>
       <c r="G9" s="29"/>
     </row>
     <row r="10" spans="1:15">
       <c r="B10" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="26"/>
       <c r="D10" s="26">
         <v>1144</v>
       </c>
       <c r="E10" s="26">
-        <v>247.0</v>
+        <v>252.0</v>
       </c>
       <c r="F10" s="28">
-        <v>247.0</v>
+        <v>252.0</v>
       </c>
       <c r="G10" s="29"/>
     </row>
     <row r="11" spans="1:15">
       <c r="B11" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="26"/>
       <c r="D11" s="26">
         <v>528</v>
       </c>
       <c r="E11" s="26">
-        <v>484.0</v>
+        <v>493.0</v>
       </c>
       <c r="F11" s="28">
-        <v>484.0</v>
+        <v>493.0</v>
       </c>
       <c r="G11" s="29"/>
     </row>
     <row r="12" spans="1:15">
       <c r="B12" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="26"/>
       <c r="D12" s="26">
         <v>528</v>
       </c>
       <c r="E12" s="26">
-        <v>484.0</v>
+        <v>493.0</v>
       </c>
       <c r="F12" s="28">
-        <v>484.0</v>
+        <v>493.0</v>
       </c>
       <c r="G12" s="29"/>
     </row>
     <row r="13" spans="1:15">
       <c r="B13" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="26"/>
       <c r="D13" s="26">
         <v>528</v>
       </c>
       <c r="E13" s="26">
-        <v>484.0</v>
+        <v>493.0</v>
       </c>
       <c r="F13" s="28">
-        <v>484.0</v>
+        <v>493.0</v>
       </c>
       <c r="G13" s="29"/>
     </row>
     <row r="14" spans="1:15">
       <c r="B14" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="26"/>
       <c r="D14" s="26">
         <v>528</v>
       </c>
       <c r="E14" s="26">
-        <v>484.0</v>
+        <v>493.0</v>
       </c>
       <c r="F14" s="28">
-        <v>484.0</v>
+        <v>493.0</v>
       </c>
       <c r="G14" s="29"/>
     </row>
     <row r="15" spans="1:15">
       <c r="B15" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="26"/>
       <c r="D15" s="26">
         <v>528</v>
       </c>
       <c r="E15" s="26">
-        <v>558.0</v>
+        <v>568.0</v>
       </c>
       <c r="F15" s="28">
-        <v>558.0</v>
+        <v>568.0</v>
       </c>
       <c r="G15" s="29"/>
     </row>
     <row r="16" spans="1:15">
       <c r="B16" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="26"/>
       <c r="D16" s="26">
         <v>528</v>
       </c>
       <c r="E16" s="26">
-        <v>558.0</v>
+        <v>568.0</v>
       </c>
       <c r="F16" s="28">
-        <v>558.0</v>
+        <v>568.0</v>
       </c>
       <c r="G16" s="29"/>
     </row>
     <row r="17" spans="1:15">
       <c r="B17" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="26"/>
       <c r="D17" s="26">
         <v>528</v>
       </c>
       <c r="E17" s="26">
-        <v>558.0</v>
+        <v>568.0</v>
       </c>
       <c r="F17" s="28">
-        <v>558.0</v>
+        <v>568.0</v>
       </c>
       <c r="G17" s="29"/>
     </row>
     <row r="18" spans="1:15">
       <c r="B18" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="26"/>
       <c r="D18" s="26">
         <v>528</v>
       </c>
       <c r="E18" s="26">
-        <v>420.0</v>
+        <v>428.0</v>
       </c>
       <c r="F18" s="28">
-        <v>420.0</v>
+        <v>428.0</v>
       </c>
       <c r="G18" s="29"/>
     </row>
     <row r="19" spans="1:15">
       <c r="B19" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="26"/>
       <c r="D19" s="26">
         <v>528</v>
       </c>
       <c r="E19" s="26">
-        <v>558.0</v>
+        <v>568.0</v>
       </c>
       <c r="F19" s="28">
-        <v>558.0</v>
+        <v>568.0</v>
       </c>
       <c r="G19" s="29"/>
     </row>
     <row r="20" spans="1:15">
       <c r="B20" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="27"/>
       <c r="D20" s="27"/>
       <c r="E20" s="27"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
     </row>
     <row r="21" spans="1:15">
       <c r="B21" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="26"/>
       <c r="D21" s="26"/>
       <c r="E21" s="26">
         <v>790.0</v>
       </c>
       <c r="F21" s="28">
         <v>790.0</v>
       </c>