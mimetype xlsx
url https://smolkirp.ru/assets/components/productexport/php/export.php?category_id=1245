--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
   <si>
-    <t>*прайс действителен на 19.10.2025</t>
+    <t>*прайс действителен на 08.12.2025</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>