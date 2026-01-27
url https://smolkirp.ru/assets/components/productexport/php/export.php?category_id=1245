--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -14,53 +14,53 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
-[...1 lines deleted...]
-    <t>*прайс действителен на 08.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
+  <si>
+    <t>*прайс действителен на 27.01.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -883,56 +883,50 @@
     <t>Облицовочный кирпич Новомосковский КЗ Шоколад 1 НФ</t>
   </si>
   <si>
     <t>Облицовочный кирпич Новомосковский КЗ Шоколад 1,4 НФ</t>
   </si>
   <si>
     <t>СЛАВЯНСКИЙ</t>
   </si>
   <si>
     <t>Облицовочный кирпич Славянский 1НФ ВЕНЕЦИЯ-BUNT-РУСТ</t>
   </si>
   <si>
     <t>Облицовочный кирпич Славянский 1НФ ВЕНЕЦИЯ-РУСТ</t>
   </si>
   <si>
     <t>Облицовочный кирпич Славянский 1НФ ПРОВАНС-BUNT-КРОСТА</t>
   </si>
   <si>
     <t>Облицовочный кирпич Славянский 1НФ ПРОВАНС-КРОСТА</t>
   </si>
   <si>
     <t>Облицовочный кирпич Славянский 1НФ ФЛОРЕНЦИЯ-BUNT-РУСТ</t>
   </si>
   <si>
     <t>Облицовочный кирпич Славянский 1НФ ФЛОРЕНЦИЯ-РУСТ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Облицовочный кирпич Старый Оскол Эмират гладкий 1,4 НФ, 250х120х87</t>
   </si>
   <si>
     <t>СТРОМА</t>
   </si>
   <si>
     <t>Лицевой кирпич СТРОМА, 1,4НФ Бордо гладкий, 250х120х88</t>
   </si>
   <si>
     <t>Лицевой кирпич СТРОМА, 1,4НФ Бордо кора дуба , 250х120х88</t>
   </si>
   <si>
     <t>Лицевой кирпич СТРОМА, 1,4НФ Бордо рустик, 250х120х88</t>
   </si>
   <si>
     <t>Лицевой кирпич СТРОМА, 1,4НФ Коричневый бархат, 250х120х88</t>
   </si>
   <si>
     <t>Лицевой кирпич СТРОМА, 1,4НФ Коричневый гладкий, 250х120х88</t>
   </si>
   <si>
     <t>Лицевой кирпич СТРОМА, 1,4НФ Коричневый кора дуба, 250х120х88</t>
   </si>
   <si>
     <t>Лицевой кирпич СТРОМА, 1,4НФ Красный бархат, 250х120х88</t>
   </si>
@@ -1617,51 +1611,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O328"/>
+  <dimension ref="A1:O326"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="114" customWidth="true" style="3"/>
     <col min="3" max="3" width="13" customWidth="true" style="3"/>
     <col min="4" max="4" width="14.875" customWidth="true" style="3"/>
     <col min="5" max="5" width="16.625" customWidth="true" style="3"/>
     <col min="6" max="6" width="16.625" customWidth="true" style="3"/>
     <col min="7" max="7" width="16.625" customWidth="true" style="3"/>
     <col min="8" max="8" width="10.875" customWidth="true" style="8"/>
     <col min="9" max="9" width="10.875" customWidth="true" style="8"/>
     <col min="10" max="10" width="10.875" customWidth="true" style="8"/>
     <col min="11" max="11" width="22.5" customWidth="true" style="8"/>
     <col min="12" max="12" width="10.875" hidden="true" customWidth="true" style="8"/>
     <col min="13" max="13" width="10.875" hidden="true" customWidth="true" style="8"/>
     <col min="14" max="14" width="21.5" customWidth="true" style="10"/>
     <col min="15" max="15" width="21.5" customWidth="true" style="11"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="1" ht="15.75">
@@ -4136,532 +4130,532 @@
         <v>45.0</v>
       </c>
       <c r="G138" s="29"/>
     </row>
     <row r="139" spans="1:15">
       <c r="B139" s="25" t="s">
         <v>142</v>
       </c>
       <c r="C139" s="27"/>
       <c r="D139" s="27"/>
       <c r="E139" s="27"/>
       <c r="F139" s="27"/>
       <c r="G139" s="27"/>
     </row>
     <row r="140" spans="1:15">
       <c r="B140" s="26" t="s">
         <v>143</v>
       </c>
       <c r="C140" s="26">
         <v>480</v>
       </c>
       <c r="D140" s="26">
         <v>8640</v>
       </c>
       <c r="E140" s="26">
-        <v>62.81</v>
+        <v>63.72</v>
       </c>
       <c r="F140" s="28">
-        <v>60.81</v>
+        <v>61.72</v>
       </c>
       <c r="G140" s="29"/>
     </row>
     <row r="141" spans="1:15">
       <c r="B141" s="26" t="s">
         <v>144</v>
       </c>
       <c r="C141" s="26">
         <v>600</v>
       </c>
       <c r="D141" s="26">
         <v>11400</v>
       </c>
       <c r="E141" s="26">
-        <v>54.71</v>
+        <v>55.52</v>
       </c>
       <c r="F141" s="28">
-        <v>52.71</v>
+        <v>53.52</v>
       </c>
       <c r="G141" s="29"/>
     </row>
     <row r="142" spans="1:15">
       <c r="B142" s="26" t="s">
         <v>145</v>
       </c>
       <c r="C142" s="26">
         <v>480</v>
       </c>
       <c r="D142" s="26">
         <v>8640</v>
       </c>
       <c r="E142" s="26">
-        <v>63.84</v>
+        <v>64.77</v>
       </c>
       <c r="F142" s="28">
-        <v>61.84</v>
+        <v>62.77</v>
       </c>
       <c r="G142" s="29"/>
     </row>
     <row r="143" spans="1:15">
       <c r="B143" s="26" t="s">
         <v>146</v>
       </c>
       <c r="C143" s="26">
         <v>600</v>
       </c>
       <c r="D143" s="26">
         <v>11400</v>
       </c>
       <c r="E143" s="26">
-        <v>47.12</v>
+        <v>47.81</v>
       </c>
       <c r="F143" s="28">
-        <v>45.12</v>
+        <v>45.81</v>
       </c>
       <c r="G143" s="29"/>
     </row>
     <row r="144" spans="1:15">
       <c r="B144" s="26" t="s">
         <v>147</v>
       </c>
       <c r="C144" s="26">
         <v>480</v>
       </c>
       <c r="D144" s="26">
         <v>8640</v>
       </c>
       <c r="E144" s="26">
-        <v>54.77</v>
+        <v>55.56</v>
       </c>
       <c r="F144" s="28">
-        <v>52.77</v>
+        <v>53.56</v>
       </c>
       <c r="G144" s="29"/>
     </row>
     <row r="145" spans="1:15">
       <c r="B145" s="26" t="s">
         <v>148</v>
       </c>
       <c r="C145" s="26">
         <v>600</v>
       </c>
       <c r="D145" s="26">
         <v>11400</v>
       </c>
       <c r="E145" s="26">
-        <v>48.44</v>
+        <v>49.14</v>
       </c>
       <c r="F145" s="28">
-        <v>46.44</v>
+        <v>47.14</v>
       </c>
       <c r="G145" s="29"/>
     </row>
     <row r="146" spans="1:15">
       <c r="B146" s="26" t="s">
         <v>149</v>
       </c>
       <c r="C146" s="26">
         <v>480</v>
       </c>
       <c r="D146" s="26">
         <v>8640</v>
       </c>
       <c r="E146" s="26">
-        <v>56.37</v>
+        <v>57.19</v>
       </c>
       <c r="F146" s="28">
-        <v>54.37</v>
+        <v>55.19</v>
       </c>
       <c r="G146" s="29"/>
     </row>
     <row r="147" spans="1:15">
       <c r="B147" s="26" t="s">
         <v>150</v>
       </c>
       <c r="C147" s="26">
         <v>600</v>
       </c>
       <c r="D147" s="26">
         <v>11400</v>
       </c>
       <c r="E147" s="26">
-        <v>52.25</v>
+        <v>53.02</v>
       </c>
       <c r="F147" s="28">
-        <v>50.25</v>
+        <v>51.02</v>
       </c>
       <c r="G147" s="29"/>
     </row>
     <row r="148" spans="1:15">
       <c r="B148" s="26" t="s">
         <v>151</v>
       </c>
       <c r="C148" s="26">
         <v>480</v>
       </c>
       <c r="D148" s="26">
         <v>8640</v>
       </c>
       <c r="E148" s="26">
-        <v>60.86</v>
+        <v>61.74</v>
       </c>
       <c r="F148" s="28">
-        <v>58.86</v>
+        <v>59.74</v>
       </c>
       <c r="G148" s="29"/>
     </row>
     <row r="149" spans="1:15">
       <c r="B149" s="26" t="s">
         <v>152</v>
       </c>
       <c r="C149" s="26">
         <v>480</v>
       </c>
       <c r="D149" s="26">
         <v>8640</v>
       </c>
       <c r="E149" s="26">
-        <v>56.37</v>
+        <v>57.19</v>
       </c>
       <c r="F149" s="28">
-        <v>54.37</v>
+        <v>55.19</v>
       </c>
       <c r="G149" s="29"/>
     </row>
     <row r="150" spans="1:15">
       <c r="B150" s="26" t="s">
         <v>153</v>
       </c>
       <c r="C150" s="26">
         <v>480</v>
       </c>
       <c r="D150" s="26">
         <v>8640</v>
       </c>
       <c r="E150" s="26">
-        <v>63.84</v>
+        <v>64.77</v>
       </c>
       <c r="F150" s="28">
-        <v>61.84</v>
+        <v>62.77</v>
       </c>
       <c r="G150" s="29"/>
     </row>
     <row r="151" spans="1:15">
       <c r="B151" s="26" t="s">
         <v>154</v>
       </c>
       <c r="C151" s="26">
         <v>480</v>
       </c>
       <c r="D151" s="26">
         <v>8640</v>
       </c>
       <c r="E151" s="26">
-        <v>57.89</v>
+        <v>58.72</v>
       </c>
       <c r="F151" s="28">
-        <v>55.89</v>
+        <v>56.72</v>
       </c>
       <c r="G151" s="29"/>
     </row>
     <row r="152" spans="1:15">
       <c r="B152" s="26" t="s">
         <v>155</v>
       </c>
       <c r="C152" s="26">
         <v>600</v>
       </c>
       <c r="D152" s="26">
         <v>11400</v>
       </c>
       <c r="E152" s="26">
-        <v>32.4</v>
+        <v>32.82</v>
       </c>
       <c r="F152" s="28">
-        <v>30.4</v>
+        <v>30.82</v>
       </c>
       <c r="G152" s="29"/>
     </row>
     <row r="153" spans="1:15">
       <c r="B153" s="26" t="s">
         <v>156</v>
       </c>
       <c r="C153" s="26">
         <v>480</v>
       </c>
       <c r="D153" s="26">
         <v>8640</v>
       </c>
       <c r="E153" s="26">
-        <v>38.21</v>
+        <v>38.71</v>
       </c>
       <c r="F153" s="28">
-        <v>36.21</v>
+        <v>36.71</v>
       </c>
       <c r="G153" s="29"/>
     </row>
     <row r="154" spans="1:15">
       <c r="B154" s="26" t="s">
         <v>157</v>
       </c>
       <c r="C154" s="26">
         <v>352</v>
       </c>
       <c r="D154" s="26">
         <v>6336</v>
       </c>
       <c r="E154" s="26">
-        <v>51.34</v>
+        <v>51.53</v>
       </c>
       <c r="F154" s="28">
-        <v>48.84</v>
+        <v>49.53</v>
       </c>
       <c r="G154" s="29"/>
     </row>
     <row r="155" spans="1:15">
       <c r="B155" s="25" t="s">
         <v>158</v>
       </c>
       <c r="C155" s="27"/>
       <c r="D155" s="27"/>
       <c r="E155" s="27"/>
       <c r="F155" s="27"/>
       <c r="G155" s="27"/>
     </row>
     <row r="156" spans="1:15">
       <c r="B156" s="26" t="s">
         <v>159</v>
       </c>
       <c r="C156" s="26">
         <v>480</v>
       </c>
       <c r="D156" s="26">
         <v>7200</v>
       </c>
       <c r="E156" s="26">
-        <v>106.5</v>
+        <v>105.8</v>
       </c>
       <c r="F156" s="28">
-        <v>104.5</v>
+        <v>103.8</v>
       </c>
       <c r="G156" s="29"/>
     </row>
     <row r="157" spans="1:15">
       <c r="B157" s="26" t="s">
         <v>160</v>
       </c>
       <c r="C157" s="26">
         <v>480</v>
       </c>
       <c r="D157" s="26">
         <v>7200</v>
       </c>
       <c r="E157" s="26">
-        <v>106.5</v>
+        <v>105.8</v>
       </c>
       <c r="F157" s="28">
-        <v>104.5</v>
+        <v>103.8</v>
       </c>
       <c r="G157" s="29"/>
     </row>
     <row r="158" spans="1:15">
       <c r="B158" s="26" t="s">
         <v>161</v>
       </c>
       <c r="C158" s="26">
         <v>480</v>
       </c>
       <c r="D158" s="26">
         <v>7200</v>
       </c>
       <c r="E158" s="26">
-        <v>98.3</v>
+        <v>97.6</v>
       </c>
       <c r="F158" s="28">
-        <v>96.3</v>
+        <v>95.6</v>
       </c>
       <c r="G158" s="29"/>
     </row>
     <row r="159" spans="1:15">
       <c r="B159" s="26" t="s">
         <v>162</v>
       </c>
       <c r="C159" s="26">
         <v>480</v>
       </c>
       <c r="D159" s="26">
         <v>7200</v>
       </c>
       <c r="E159" s="26">
-        <v>101.8</v>
+        <v>101.1</v>
       </c>
       <c r="F159" s="28">
-        <v>99.8</v>
+        <v>99.1</v>
       </c>
       <c r="G159" s="29"/>
     </row>
     <row r="160" spans="1:15">
       <c r="B160" s="26" t="s">
         <v>163</v>
       </c>
       <c r="C160" s="26">
         <v>480</v>
       </c>
       <c r="D160" s="26">
         <v>7200</v>
       </c>
       <c r="E160" s="26">
-        <v>101.8</v>
+        <v>101.1</v>
       </c>
       <c r="F160" s="28">
-        <v>99.8</v>
+        <v>99.1</v>
       </c>
       <c r="G160" s="29"/>
     </row>
     <row r="161" spans="1:15">
       <c r="B161" s="26" t="s">
         <v>164</v>
       </c>
       <c r="C161" s="26">
         <v>480</v>
       </c>
       <c r="D161" s="26">
         <v>7200</v>
       </c>
       <c r="E161" s="26">
-        <v>98.3</v>
+        <v>97.6</v>
       </c>
       <c r="F161" s="28">
-        <v>96.3</v>
+        <v>95.6</v>
       </c>
       <c r="G161" s="29"/>
     </row>
     <row r="162" spans="1:15">
       <c r="B162" s="26" t="s">
         <v>165</v>
       </c>
       <c r="C162" s="26">
         <v>480</v>
       </c>
       <c r="D162" s="26">
         <v>7200</v>
       </c>
       <c r="E162" s="26">
-        <v>98.3</v>
+        <v>97.6</v>
       </c>
       <c r="F162" s="28">
-        <v>96.3</v>
+        <v>95.6</v>
       </c>
       <c r="G162" s="29"/>
     </row>
     <row r="163" spans="1:15">
       <c r="B163" s="26" t="s">
         <v>166</v>
       </c>
       <c r="C163" s="26">
         <v>480</v>
       </c>
       <c r="D163" s="26">
         <v>7200</v>
       </c>
       <c r="E163" s="26">
-        <v>98.3</v>
+        <v>97.6</v>
       </c>
       <c r="F163" s="28">
-        <v>96.3</v>
+        <v>95.6</v>
       </c>
       <c r="G163" s="29"/>
     </row>
     <row r="164" spans="1:15">
       <c r="B164" s="26" t="s">
         <v>167</v>
       </c>
       <c r="C164" s="26">
         <v>480</v>
       </c>
       <c r="D164" s="26">
         <v>7200</v>
       </c>
       <c r="E164" s="26">
-        <v>98.3</v>
+        <v>97.6</v>
       </c>
       <c r="F164" s="28">
-        <v>96.3</v>
+        <v>95.6</v>
       </c>
       <c r="G164" s="29"/>
     </row>
     <row r="165" spans="1:15">
       <c r="B165" s="26" t="s">
         <v>168</v>
       </c>
       <c r="C165" s="26">
         <v>480</v>
       </c>
       <c r="D165" s="26">
         <v>7200</v>
       </c>
       <c r="E165" s="26">
-        <v>98.3</v>
+        <v>97.6</v>
       </c>
       <c r="F165" s="28">
-        <v>96.3</v>
+        <v>95.6</v>
       </c>
       <c r="G165" s="29"/>
     </row>
     <row r="166" spans="1:15">
       <c r="B166" s="26" t="s">
         <v>169</v>
       </c>
       <c r="C166" s="26">
         <v>480</v>
       </c>
       <c r="D166" s="26">
         <v>7200</v>
       </c>
       <c r="E166" s="26">
-        <v>98.3</v>
+        <v>97.6</v>
       </c>
       <c r="F166" s="28">
-        <v>96.3</v>
+        <v>95.6</v>
       </c>
       <c r="G166" s="29"/>
     </row>
     <row r="167" spans="1:15">
       <c r="B167" s="26" t="s">
         <v>170</v>
       </c>
       <c r="C167" s="26">
         <v>480</v>
       </c>
       <c r="D167" s="26">
         <v>7200</v>
       </c>
       <c r="E167" s="26">
-        <v>98.3</v>
+        <v>97.6</v>
       </c>
       <c r="F167" s="28">
-        <v>96.3</v>
+        <v>95.6</v>
       </c>
       <c r="G167" s="29"/>
     </row>
     <row r="168" spans="1:15">
       <c r="B168" s="25" t="s">
         <v>171</v>
       </c>
       <c r="C168" s="27"/>
       <c r="D168" s="27"/>
       <c r="E168" s="27"/>
       <c r="F168" s="27"/>
       <c r="G168" s="27"/>
     </row>
     <row r="169" spans="1:15">
       <c r="B169" s="26" t="s">
         <v>172</v>
       </c>
       <c r="C169" s="26">
         <v>480</v>
       </c>
       <c r="D169" s="26">
         <v>8640</v>
       </c>
       <c r="E169" s="26">
         <v>33.9</v>
@@ -4732,144 +4726,144 @@
       <c r="C173" s="26">
         <v>480</v>
       </c>
       <c r="D173" s="26">
         <v>8640</v>
       </c>
       <c r="E173" s="26">
         <v>45.0</v>
       </c>
       <c r="F173" s="28">
         <v>43.0</v>
       </c>
       <c r="G173" s="29"/>
     </row>
     <row r="174" spans="1:15">
       <c r="B174" s="26" t="s">
         <v>177</v>
       </c>
       <c r="C174" s="26">
         <v>480</v>
       </c>
       <c r="D174" s="26">
         <v>8640</v>
       </c>
       <c r="E174" s="26">
-        <v>37.5</v>
+        <v>43.4</v>
       </c>
       <c r="F174" s="28">
-        <v>37.5</v>
+        <v>41.4</v>
       </c>
       <c r="G174" s="29"/>
     </row>
     <row r="175" spans="1:15">
       <c r="B175" s="26" t="s">
         <v>178</v>
       </c>
       <c r="C175" s="26">
         <v>480</v>
       </c>
       <c r="D175" s="26">
         <v>8640</v>
       </c>
       <c r="E175" s="26">
         <v>42.9</v>
       </c>
       <c r="F175" s="28">
         <v>41.9</v>
       </c>
       <c r="G175" s="29"/>
     </row>
     <row r="176" spans="1:15">
       <c r="B176" s="26" t="s">
         <v>179</v>
       </c>
       <c r="C176" s="26">
         <v>480</v>
       </c>
       <c r="D176" s="26">
         <v>8640</v>
       </c>
       <c r="E176" s="26">
-        <v>40.5</v>
+        <v>44.5</v>
       </c>
       <c r="F176" s="28">
-        <v>40.5</v>
+        <v>42.5</v>
       </c>
       <c r="G176" s="29"/>
     </row>
     <row r="177" spans="1:15">
       <c r="B177" s="26" t="s">
         <v>180</v>
       </c>
       <c r="C177" s="26">
         <v>352</v>
       </c>
       <c r="D177" s="26">
         <v>6336</v>
       </c>
       <c r="E177" s="26">
-        <v>54.8</v>
+        <v>59.5</v>
       </c>
       <c r="F177" s="28">
-        <v>54.8</v>
+        <v>57.5</v>
       </c>
       <c r="G177" s="29"/>
     </row>
     <row r="178" spans="1:15">
       <c r="B178" s="26" t="s">
         <v>181</v>
       </c>
       <c r="C178" s="26">
         <v>352</v>
       </c>
       <c r="D178" s="26">
         <v>6336</v>
       </c>
       <c r="E178" s="26">
         <v>58.1</v>
       </c>
       <c r="F178" s="28">
         <v>56.1</v>
       </c>
       <c r="G178" s="29"/>
     </row>
     <row r="179" spans="1:15">
       <c r="B179" s="26" t="s">
         <v>182</v>
       </c>
       <c r="C179" s="26">
         <v>352</v>
       </c>
       <c r="D179" s="26">
         <v>6336</v>
       </c>
       <c r="E179" s="26">
-        <v>29.9</v>
+        <v>35.0</v>
       </c>
       <c r="F179" s="28">
-        <v>29.9</v>
+        <v>33.0</v>
       </c>
       <c r="G179" s="29"/>
     </row>
     <row r="180" spans="1:15">
       <c r="B180" s="25" t="s">
         <v>183</v>
       </c>
       <c r="C180" s="27"/>
       <c r="D180" s="27"/>
       <c r="E180" s="27"/>
       <c r="F180" s="27"/>
       <c r="G180" s="27"/>
     </row>
     <row r="181" spans="1:15">
       <c r="B181" s="26" t="s">
         <v>184</v>
       </c>
       <c r="C181" s="26">
         <v>360</v>
       </c>
       <c r="D181" s="26">
         <v>5760</v>
       </c>
       <c r="E181" s="26">
         <v>177.7</v>
@@ -5580,324 +5574,324 @@
       <c r="C221" s="26">
         <v>540</v>
       </c>
       <c r="D221" s="26">
         <v>9720</v>
       </c>
       <c r="E221" s="26">
         <v>68.0</v>
       </c>
       <c r="F221" s="28">
         <v>66.0</v>
       </c>
       <c r="G221" s="29"/>
     </row>
     <row r="222" spans="1:15">
       <c r="B222" s="26" t="s">
         <v>225</v>
       </c>
       <c r="C222" s="26">
         <v>540</v>
       </c>
       <c r="D222" s="26">
         <v>9720</v>
       </c>
       <c r="E222" s="26">
-        <v>84.0</v>
+        <v>93.8</v>
       </c>
       <c r="F222" s="28">
-        <v>82.0</v>
+        <v>91.8</v>
       </c>
       <c r="G222" s="29"/>
     </row>
     <row r="223" spans="1:15">
       <c r="B223" s="26" t="s">
         <v>226</v>
       </c>
       <c r="C223" s="26">
         <v>540</v>
       </c>
       <c r="D223" s="26">
         <v>9720</v>
       </c>
       <c r="E223" s="26">
-        <v>48.0</v>
+        <v>60.3</v>
       </c>
       <c r="F223" s="28">
-        <v>46.0</v>
+        <v>58.3</v>
       </c>
       <c r="G223" s="29"/>
     </row>
     <row r="224" spans="1:15">
       <c r="B224" s="26" t="s">
         <v>227</v>
       </c>
       <c r="C224" s="26">
         <v>540</v>
       </c>
       <c r="D224" s="26">
         <v>9720</v>
       </c>
       <c r="E224" s="26">
-        <v>48.0</v>
+        <v>60.3</v>
       </c>
       <c r="F224" s="28">
-        <v>46.0</v>
+        <v>58.3</v>
       </c>
       <c r="G224" s="29"/>
     </row>
     <row r="225" spans="1:15">
       <c r="B225" s="26" t="s">
         <v>228</v>
       </c>
       <c r="C225" s="26">
         <v>540</v>
       </c>
       <c r="D225" s="26">
         <v>9720</v>
       </c>
       <c r="E225" s="26">
-        <v>59.0</v>
+        <v>67.1</v>
       </c>
       <c r="F225" s="28">
-        <v>57.0</v>
+        <v>65.1</v>
       </c>
       <c r="G225" s="29"/>
     </row>
     <row r="226" spans="1:15">
       <c r="B226" s="26" t="s">
         <v>229</v>
       </c>
       <c r="C226" s="26">
         <v>348</v>
       </c>
       <c r="D226" s="26">
         <v>6264</v>
       </c>
       <c r="E226" s="26">
-        <v>59.0</v>
+        <v>67.1</v>
       </c>
       <c r="F226" s="28">
-        <v>57.0</v>
+        <v>65.1</v>
       </c>
       <c r="G226" s="29"/>
     </row>
     <row r="227" spans="1:15">
       <c r="B227" s="26" t="s">
         <v>230</v>
       </c>
       <c r="C227" s="26">
         <v>540</v>
       </c>
       <c r="D227" s="26">
         <v>9720</v>
       </c>
       <c r="E227" s="26">
-        <v>61.0</v>
+        <v>70.8</v>
       </c>
       <c r="F227" s="28">
-        <v>59.0</v>
+        <v>68.8</v>
       </c>
       <c r="G227" s="29"/>
     </row>
     <row r="228" spans="1:15">
       <c r="B228" s="26" t="s">
         <v>231</v>
       </c>
       <c r="C228" s="26">
         <v>348</v>
       </c>
       <c r="D228" s="26">
         <v>6264</v>
       </c>
       <c r="E228" s="26">
-        <v>63.0</v>
+        <v>70.3</v>
       </c>
       <c r="F228" s="28">
-        <v>61.0</v>
+        <v>68.3</v>
       </c>
       <c r="G228" s="29"/>
     </row>
     <row r="229" spans="1:15">
       <c r="B229" s="26" t="s">
         <v>232</v>
       </c>
       <c r="C229" s="26">
         <v>348</v>
       </c>
       <c r="D229" s="26">
         <v>6960</v>
       </c>
       <c r="E229" s="26">
-        <v>63.0</v>
+        <v>70.3</v>
       </c>
       <c r="F229" s="28">
-        <v>61.0</v>
+        <v>68.3</v>
       </c>
       <c r="G229" s="29"/>
     </row>
     <row r="230" spans="1:15">
       <c r="B230" s="26" t="s">
         <v>233</v>
       </c>
       <c r="C230" s="26">
         <v>348</v>
       </c>
       <c r="D230" s="26">
         <v>6960</v>
       </c>
       <c r="E230" s="26">
-        <v>37.0</v>
+        <v>47.0</v>
       </c>
       <c r="F230" s="28">
-        <v>35.0</v>
+        <v>45.0</v>
       </c>
       <c r="G230" s="29"/>
     </row>
     <row r="231" spans="1:15">
       <c r="B231" s="26" t="s">
         <v>234</v>
       </c>
       <c r="C231" s="26">
         <v>444</v>
       </c>
       <c r="D231" s="26">
         <v>7992</v>
       </c>
       <c r="E231" s="26">
-        <v>37.0</v>
+        <v>47.0</v>
       </c>
       <c r="F231" s="28">
-        <v>35.0</v>
+        <v>45.0</v>
       </c>
       <c r="G231" s="29"/>
     </row>
     <row r="232" spans="1:15">
       <c r="B232" s="26" t="s">
         <v>235</v>
       </c>
       <c r="C232" s="26">
         <v>444</v>
       </c>
       <c r="D232" s="26">
         <v>7992</v>
       </c>
       <c r="E232" s="26">
-        <v>47.0</v>
+        <v>53.1</v>
       </c>
       <c r="F232" s="28">
-        <v>45.0</v>
+        <v>51.1</v>
       </c>
       <c r="G232" s="29"/>
     </row>
     <row r="233" spans="1:15">
       <c r="B233" s="26" t="s">
         <v>236</v>
       </c>
       <c r="C233" s="26">
         <v>444</v>
       </c>
       <c r="D233" s="26">
         <v>7992</v>
       </c>
       <c r="E233" s="26">
-        <v>47.0</v>
+        <v>53.1</v>
       </c>
       <c r="F233" s="28">
-        <v>45.0</v>
+        <v>51.1</v>
       </c>
       <c r="G233" s="29"/>
     </row>
     <row r="234" spans="1:15">
       <c r="B234" s="26" t="s">
         <v>237</v>
       </c>
       <c r="C234" s="26">
         <v>444</v>
       </c>
       <c r="D234" s="26">
         <v>7992</v>
       </c>
       <c r="E234" s="26">
-        <v>64.0</v>
+        <v>70.4</v>
       </c>
       <c r="F234" s="28">
-        <v>62.0</v>
+        <v>68.4</v>
       </c>
       <c r="G234" s="29"/>
     </row>
     <row r="235" spans="1:15">
       <c r="B235" s="26" t="s">
         <v>238</v>
       </c>
       <c r="C235" s="26">
         <v>348</v>
       </c>
       <c r="D235" s="26">
         <v>6264</v>
       </c>
       <c r="E235" s="26">
-        <v>46.0</v>
+        <v>53.3</v>
       </c>
       <c r="F235" s="28">
-        <v>44.0</v>
+        <v>51.3</v>
       </c>
       <c r="G235" s="29"/>
     </row>
     <row r="236" spans="1:15">
       <c r="B236" s="26" t="s">
         <v>239</v>
       </c>
       <c r="C236" s="26">
         <v>348</v>
       </c>
       <c r="D236" s="26">
         <v>6264</v>
       </c>
       <c r="E236" s="26">
-        <v>46.0</v>
+        <v>53.3</v>
       </c>
       <c r="F236" s="28">
-        <v>44.0</v>
+        <v>51.3</v>
       </c>
       <c r="G236" s="29"/>
     </row>
     <row r="237" spans="1:15">
       <c r="B237" s="26" t="s">
         <v>240</v>
       </c>
       <c r="C237" s="26">
         <v>348</v>
       </c>
       <c r="D237" s="26">
         <v>6264</v>
       </c>
       <c r="E237" s="26">
-        <v>51.0</v>
+        <v>58.0</v>
       </c>
       <c r="F237" s="28">
-        <v>49.0</v>
+        <v>56.0</v>
       </c>
       <c r="G237" s="29"/>
     </row>
     <row r="238" spans="1:15">
       <c r="B238" s="25" t="s">
         <v>241</v>
       </c>
       <c r="C238" s="27"/>
       <c r="D238" s="27"/>
       <c r="E238" s="27"/>
       <c r="F238" s="27"/>
       <c r="G238" s="27"/>
     </row>
     <row r="239" spans="1:15">
       <c r="B239" s="26" t="s">
         <v>242</v>
       </c>
       <c r="C239" s="26">
         <v>308</v>
       </c>
       <c r="D239" s="26">
         <v>6160</v>
       </c>
       <c r="E239" s="26">
         <v>57.6</v>
@@ -6050,486 +6044,486 @@
         <v>48.6</v>
       </c>
       <c r="G247" s="29"/>
     </row>
     <row r="248" spans="1:15">
       <c r="B248" s="25" t="s">
         <v>251</v>
       </c>
       <c r="C248" s="27"/>
       <c r="D248" s="27"/>
       <c r="E248" s="27"/>
       <c r="F248" s="27"/>
       <c r="G248" s="27"/>
     </row>
     <row r="249" spans="1:15">
       <c r="B249" s="26" t="s">
         <v>252</v>
       </c>
       <c r="C249" s="26">
         <v>480</v>
       </c>
       <c r="D249" s="26">
         <v>8160</v>
       </c>
       <c r="E249" s="26">
-        <v>59.84</v>
+        <v>61.84</v>
       </c>
       <c r="F249" s="28">
         <v>59.84</v>
       </c>
       <c r="G249" s="29"/>
     </row>
     <row r="250" spans="1:15">
       <c r="B250" s="26" t="s">
         <v>253</v>
       </c>
       <c r="C250" s="26">
         <v>480</v>
       </c>
       <c r="D250" s="26">
         <v>8160</v>
       </c>
       <c r="E250" s="26">
-        <v>59.84</v>
+        <v>61.84</v>
       </c>
       <c r="F250" s="28">
         <v>59.84</v>
       </c>
       <c r="G250" s="29"/>
     </row>
     <row r="251" spans="1:15">
       <c r="B251" s="26" t="s">
         <v>254</v>
       </c>
       <c r="C251" s="26">
         <v>480</v>
       </c>
       <c r="D251" s="26">
         <v>8160</v>
       </c>
       <c r="E251" s="26">
-        <v>72.56</v>
+        <v>74.56</v>
       </c>
       <c r="F251" s="28">
         <v>72.56</v>
       </c>
       <c r="G251" s="29"/>
     </row>
     <row r="252" spans="1:15">
       <c r="B252" s="26" t="s">
         <v>255</v>
       </c>
       <c r="C252" s="26">
         <v>480</v>
       </c>
       <c r="D252" s="26">
         <v>8160</v>
       </c>
       <c r="E252" s="26">
-        <v>72.56</v>
+        <v>74.56</v>
       </c>
       <c r="F252" s="28">
         <v>72.56</v>
       </c>
       <c r="G252" s="29"/>
     </row>
     <row r="253" spans="1:15">
       <c r="B253" s="26" t="s">
         <v>256</v>
       </c>
       <c r="C253" s="26">
         <v>480</v>
       </c>
       <c r="D253" s="26">
         <v>8160</v>
       </c>
       <c r="E253" s="26">
-        <v>61.96</v>
+        <v>63.96</v>
       </c>
       <c r="F253" s="28">
         <v>61.96</v>
       </c>
       <c r="G253" s="29"/>
     </row>
     <row r="254" spans="1:15">
       <c r="B254" s="26" t="s">
         <v>257</v>
       </c>
       <c r="C254" s="26">
         <v>480</v>
       </c>
       <c r="D254" s="26">
         <v>8160</v>
       </c>
       <c r="E254" s="26">
-        <v>61.96</v>
+        <v>63.96</v>
       </c>
       <c r="F254" s="28">
         <v>61.96</v>
       </c>
       <c r="G254" s="29"/>
     </row>
     <row r="255" spans="1:15">
       <c r="B255" s="26" t="s">
         <v>258</v>
       </c>
       <c r="C255" s="26">
         <v>480</v>
       </c>
       <c r="D255" s="26">
         <v>8160</v>
       </c>
       <c r="E255" s="26">
-        <v>59.84</v>
+        <v>61.84</v>
       </c>
       <c r="F255" s="28">
         <v>59.84</v>
       </c>
       <c r="G255" s="29"/>
     </row>
     <row r="256" spans="1:15">
       <c r="B256" s="26" t="s">
         <v>259</v>
       </c>
       <c r="C256" s="26">
         <v>480</v>
       </c>
       <c r="D256" s="26">
         <v>8160</v>
       </c>
       <c r="E256" s="26">
-        <v>59.84</v>
+        <v>61.84</v>
       </c>
       <c r="F256" s="28">
         <v>59.84</v>
       </c>
       <c r="G256" s="29"/>
     </row>
     <row r="257" spans="1:15">
       <c r="B257" s="26" t="s">
         <v>260</v>
       </c>
       <c r="C257" s="26">
         <v>420</v>
       </c>
       <c r="D257" s="26">
         <v>7980</v>
       </c>
       <c r="E257" s="26">
-        <v>48.18</v>
+        <v>49.18</v>
       </c>
       <c r="F257" s="28">
-        <v>48.18</v>
+        <v>47.18</v>
       </c>
       <c r="G257" s="29"/>
     </row>
     <row r="258" spans="1:15">
       <c r="B258" s="26" t="s">
         <v>261</v>
       </c>
       <c r="C258" s="26">
         <v>420</v>
       </c>
       <c r="D258" s="26">
         <v>7980</v>
       </c>
       <c r="E258" s="26">
-        <v>48.18</v>
+        <v>49.18</v>
       </c>
       <c r="F258" s="28">
-        <v>48.18</v>
+        <v>47.18</v>
       </c>
       <c r="G258" s="29"/>
     </row>
     <row r="259" spans="1:15">
       <c r="B259" s="26" t="s">
         <v>262</v>
       </c>
       <c r="C259" s="26">
         <v>420</v>
       </c>
       <c r="D259" s="26">
         <v>7980</v>
       </c>
       <c r="E259" s="26">
-        <v>38.64</v>
+        <v>39.64</v>
       </c>
       <c r="F259" s="28">
-        <v>38.64</v>
+        <v>37.64</v>
       </c>
       <c r="G259" s="29"/>
     </row>
     <row r="260" spans="1:15">
       <c r="B260" s="26" t="s">
         <v>263</v>
       </c>
       <c r="C260" s="26">
         <v>420</v>
       </c>
       <c r="D260" s="26">
         <v>7980</v>
       </c>
       <c r="E260" s="26">
-        <v>38.64</v>
+        <v>39.64</v>
       </c>
       <c r="F260" s="28">
-        <v>38.64</v>
+        <v>37.64</v>
       </c>
       <c r="G260" s="29"/>
     </row>
     <row r="261" spans="1:15">
       <c r="B261" s="26" t="s">
         <v>264</v>
       </c>
       <c r="C261" s="26">
         <v>480</v>
       </c>
       <c r="D261" s="26">
         <v>8640</v>
       </c>
       <c r="E261" s="26">
-        <v>44.59</v>
+        <v>45.59</v>
       </c>
       <c r="F261" s="28">
-        <v>44.59</v>
+        <v>43.59</v>
       </c>
       <c r="G261" s="29"/>
     </row>
     <row r="262" spans="1:15">
       <c r="B262" s="26" t="s">
         <v>265</v>
       </c>
       <c r="C262" s="26">
         <v>480</v>
       </c>
       <c r="D262" s="26">
         <v>8640</v>
       </c>
       <c r="E262" s="26">
-        <v>44.59</v>
+        <v>45.59</v>
       </c>
       <c r="F262" s="28">
-        <v>44.59</v>
+        <v>43.59</v>
       </c>
       <c r="G262" s="29"/>
     </row>
     <row r="263" spans="1:15">
       <c r="B263" s="26" t="s">
         <v>266</v>
       </c>
       <c r="C263" s="26">
         <v>480</v>
       </c>
       <c r="D263" s="26">
         <v>8640</v>
       </c>
       <c r="E263" s="26">
-        <v>58.88</v>
+        <v>60.88</v>
       </c>
       <c r="F263" s="28">
         <v>58.88</v>
       </c>
       <c r="G263" s="29"/>
     </row>
     <row r="264" spans="1:15">
       <c r="B264" s="26" t="s">
         <v>267</v>
       </c>
       <c r="C264" s="26">
         <v>420</v>
       </c>
       <c r="D264" s="26">
         <v>7680</v>
       </c>
       <c r="E264" s="26">
-        <v>61.55</v>
+        <v>63.55</v>
       </c>
       <c r="F264" s="28">
         <v>61.55</v>
       </c>
       <c r="G264" s="29"/>
     </row>
     <row r="265" spans="1:15">
       <c r="B265" s="26" t="s">
         <v>268</v>
       </c>
       <c r="C265" s="26">
         <v>420</v>
       </c>
       <c r="D265" s="26">
         <v>7980</v>
       </c>
       <c r="E265" s="26">
-        <v>56.66</v>
+        <v>57.66</v>
       </c>
       <c r="F265" s="28">
-        <v>56.66</v>
+        <v>55.66</v>
       </c>
       <c r="G265" s="29"/>
     </row>
     <row r="266" spans="1:15">
       <c r="B266" s="26" t="s">
         <v>269</v>
       </c>
       <c r="C266" s="26">
         <v>420</v>
       </c>
       <c r="D266" s="26">
         <v>7980</v>
       </c>
       <c r="E266" s="26">
-        <v>56.66</v>
+        <v>57.66</v>
       </c>
       <c r="F266" s="28">
-        <v>56.66</v>
+        <v>55.66</v>
       </c>
       <c r="G266" s="29"/>
     </row>
     <row r="267" spans="1:15">
       <c r="B267" s="26" t="s">
         <v>270</v>
       </c>
       <c r="C267" s="26">
         <v>420</v>
       </c>
       <c r="D267" s="26">
         <v>7980</v>
       </c>
       <c r="E267" s="26">
-        <v>41.82</v>
+        <v>42.82</v>
       </c>
       <c r="F267" s="28">
-        <v>41.82</v>
+        <v>40.82</v>
       </c>
       <c r="G267" s="29"/>
     </row>
     <row r="268" spans="1:15">
       <c r="B268" s="26" t="s">
         <v>271</v>
       </c>
       <c r="C268" s="26">
         <v>420</v>
       </c>
       <c r="D268" s="26">
         <v>7980</v>
       </c>
       <c r="E268" s="26">
-        <v>41.82</v>
+        <v>42.82</v>
       </c>
       <c r="F268" s="28">
-        <v>41.82</v>
+        <v>40.82</v>
       </c>
       <c r="G268" s="29"/>
     </row>
     <row r="269" spans="1:15">
       <c r="B269" s="26" t="s">
         <v>272</v>
       </c>
       <c r="C269" s="26">
         <v>240</v>
       </c>
       <c r="D269" s="26">
         <v>4560</v>
       </c>
       <c r="E269" s="26">
-        <v>115.9</v>
+        <v>118.9</v>
       </c>
       <c r="F269" s="28">
-        <v>115.9</v>
+        <v>116.9</v>
       </c>
       <c r="G269" s="29"/>
     </row>
     <row r="270" spans="1:15">
       <c r="B270" s="26" t="s">
         <v>273</v>
       </c>
       <c r="C270" s="26">
         <v>256</v>
       </c>
       <c r="D270" s="26">
         <v>4608</v>
       </c>
       <c r="E270" s="26">
-        <v>125.9</v>
+        <v>128.9</v>
       </c>
       <c r="F270" s="28">
-        <v>125.9</v>
+        <v>126.9</v>
       </c>
       <c r="G270" s="29"/>
     </row>
     <row r="271" spans="1:15">
       <c r="B271" s="26" t="s">
         <v>274</v>
       </c>
       <c r="C271" s="26">
         <v>240</v>
       </c>
       <c r="D271" s="26">
         <v>4560</v>
       </c>
       <c r="E271" s="26">
-        <v>107.99</v>
+        <v>110.99</v>
       </c>
       <c r="F271" s="28">
-        <v>107.99</v>
+        <v>108.99</v>
       </c>
       <c r="G271" s="29"/>
     </row>
     <row r="272" spans="1:15">
       <c r="B272" s="26" t="s">
         <v>275</v>
       </c>
       <c r="C272" s="26">
         <v>240</v>
       </c>
       <c r="D272" s="26">
         <v>4560</v>
       </c>
       <c r="E272" s="26">
-        <v>107.9</v>
+        <v>110.9</v>
       </c>
       <c r="F272" s="28">
-        <v>107.9</v>
+        <v>108.9</v>
       </c>
       <c r="G272" s="29"/>
     </row>
     <row r="273" spans="1:15">
       <c r="B273" s="26" t="s">
         <v>276</v>
       </c>
       <c r="C273" s="26">
         <v>256</v>
       </c>
       <c r="D273" s="26">
         <v>5120</v>
       </c>
       <c r="E273" s="26">
-        <v>117.9</v>
+        <v>120.9</v>
       </c>
       <c r="F273" s="28">
-        <v>117.9</v>
+        <v>118.9</v>
       </c>
       <c r="G273" s="29"/>
     </row>
     <row r="274" spans="1:15">
       <c r="B274" s="25" t="s">
         <v>277</v>
       </c>
       <c r="C274" s="27"/>
       <c r="D274" s="27"/>
       <c r="E274" s="27"/>
       <c r="F274" s="27"/>
       <c r="G274" s="27"/>
     </row>
     <row r="275" spans="1:15">
       <c r="B275" s="26" t="s">
         <v>278</v>
       </c>
       <c r="C275" s="26">
         <v>480</v>
       </c>
       <c r="D275" s="26">
         <v>8640</v>
       </c>
       <c r="E275" s="26">
         <v>16.0</v>
@@ -6710,797 +6704,768 @@
         <v>48.5</v>
       </c>
       <c r="G285" s="29"/>
     </row>
     <row r="286" spans="1:15">
       <c r="B286" s="25" t="s">
         <v>289</v>
       </c>
       <c r="C286" s="27"/>
       <c r="D286" s="27"/>
       <c r="E286" s="27"/>
       <c r="F286" s="27"/>
       <c r="G286" s="27"/>
     </row>
     <row r="287" spans="1:15">
       <c r="B287" s="26" t="s">
         <v>290</v>
       </c>
       <c r="C287" s="26">
         <v>352</v>
       </c>
       <c r="D287" s="26">
         <v>6336</v>
       </c>
       <c r="E287" s="26">
-        <v>51.8</v>
+        <v>75.0</v>
       </c>
       <c r="F287" s="28">
-        <v>49.3</v>
+        <v>71.5</v>
       </c>
       <c r="G287" s="29"/>
     </row>
     <row r="288" spans="1:15">
-      <c r="B288" s="25" t="s">
+      <c r="B288" s="26" t="s">
         <v>291</v>
       </c>
-      <c r="C288" s="27"/>
-[...3 lines deleted...]
-      <c r="G288" s="27"/>
+      <c r="C288" s="26">
+        <v>352</v>
+      </c>
+      <c r="D288" s="26">
+        <v>6336</v>
+      </c>
+      <c r="E288" s="26">
+        <v>75.0</v>
+      </c>
+      <c r="F288" s="28">
+        <v>71.5</v>
+      </c>
+      <c r="G288" s="29"/>
     </row>
     <row r="289" spans="1:15">
       <c r="B289" s="26" t="s">
         <v>292</v>
       </c>
       <c r="C289" s="26">
         <v>352</v>
       </c>
       <c r="D289" s="26">
         <v>6336</v>
       </c>
       <c r="E289" s="26">
-        <v>73.83</v>
+        <v>75.0</v>
       </c>
       <c r="F289" s="28">
-        <v>73.83</v>
+        <v>71.5</v>
       </c>
       <c r="G289" s="29"/>
     </row>
     <row r="290" spans="1:15">
       <c r="B290" s="26" t="s">
         <v>293</v>
       </c>
       <c r="C290" s="26">
         <v>352</v>
       </c>
       <c r="D290" s="26">
         <v>6336</v>
       </c>
       <c r="E290" s="26">
-        <v>73.83</v>
+        <v>72.1</v>
       </c>
       <c r="F290" s="28">
-        <v>73.83</v>
+        <v>69.1</v>
       </c>
       <c r="G290" s="29"/>
     </row>
     <row r="291" spans="1:15">
       <c r="B291" s="26" t="s">
         <v>294</v>
       </c>
       <c r="C291" s="26">
         <v>352</v>
       </c>
       <c r="D291" s="26">
         <v>6336</v>
       </c>
       <c r="E291" s="26">
-        <v>73.83</v>
+        <v>72.1</v>
       </c>
       <c r="F291" s="28">
-        <v>73.83</v>
+        <v>69.1</v>
       </c>
       <c r="G291" s="29"/>
     </row>
     <row r="292" spans="1:15">
       <c r="B292" s="26" t="s">
         <v>295</v>
       </c>
       <c r="C292" s="26">
         <v>352</v>
       </c>
       <c r="D292" s="26">
         <v>6336</v>
       </c>
       <c r="E292" s="26">
-        <v>79.71</v>
+        <v>72.1</v>
       </c>
       <c r="F292" s="28">
-        <v>79.71</v>
+        <v>69.1</v>
       </c>
       <c r="G292" s="29"/>
     </row>
     <row r="293" spans="1:15">
       <c r="B293" s="26" t="s">
         <v>296</v>
       </c>
       <c r="C293" s="26">
         <v>352</v>
       </c>
       <c r="D293" s="26">
         <v>6336</v>
       </c>
       <c r="E293" s="26">
-        <v>79.71</v>
+        <v>39.14</v>
       </c>
       <c r="F293" s="28">
-        <v>79.71</v>
+        <v>34.25</v>
       </c>
       <c r="G293" s="29"/>
     </row>
     <row r="294" spans="1:15">
       <c r="B294" s="26" t="s">
         <v>297</v>
       </c>
       <c r="C294" s="26">
         <v>352</v>
       </c>
       <c r="D294" s="26">
         <v>6336</v>
       </c>
       <c r="E294" s="26">
-        <v>79.71</v>
+        <v>39.14</v>
       </c>
       <c r="F294" s="28">
-        <v>79.71</v>
+        <v>34.25</v>
       </c>
       <c r="G294" s="29"/>
     </row>
     <row r="295" spans="1:15">
       <c r="B295" s="26" t="s">
         <v>298</v>
       </c>
       <c r="C295" s="26">
         <v>352</v>
       </c>
       <c r="D295" s="26">
         <v>6336</v>
       </c>
       <c r="E295" s="26">
-        <v>40.61</v>
+        <v>39.14</v>
       </c>
       <c r="F295" s="28">
-        <v>40.61</v>
+        <v>34.25</v>
       </c>
       <c r="G295" s="29"/>
     </row>
     <row r="296" spans="1:15">
       <c r="B296" s="26" t="s">
         <v>299</v>
       </c>
       <c r="C296" s="26">
         <v>352</v>
       </c>
       <c r="D296" s="26">
         <v>6336</v>
       </c>
       <c r="E296" s="26">
-        <v>40.61</v>
+        <v>88.0</v>
       </c>
       <c r="F296" s="28">
-        <v>40.61</v>
+        <v>84.5</v>
       </c>
       <c r="G296" s="29"/>
     </row>
     <row r="297" spans="1:15">
       <c r="B297" s="26" t="s">
         <v>300</v>
       </c>
       <c r="C297" s="26">
         <v>352</v>
       </c>
       <c r="D297" s="26">
         <v>6336</v>
       </c>
       <c r="E297" s="26">
-        <v>40.61</v>
+        <v>59.4</v>
       </c>
       <c r="F297" s="28">
-        <v>40.61</v>
+        <v>55.9</v>
       </c>
       <c r="G297" s="29"/>
     </row>
     <row r="298" spans="1:15">
       <c r="B298" s="26" t="s">
         <v>301</v>
       </c>
       <c r="C298" s="26">
-        <v>352</v>
+        <v>480</v>
       </c>
       <c r="D298" s="26">
-        <v>6336</v>
+        <v>8640</v>
       </c>
       <c r="E298" s="26">
-        <v>83.48</v>
+        <v>56.1</v>
       </c>
       <c r="F298" s="28">
-        <v>83.48</v>
+        <v>53.1</v>
       </c>
       <c r="G298" s="29"/>
     </row>
     <row r="299" spans="1:15">
       <c r="B299" s="26" t="s">
         <v>302</v>
       </c>
       <c r="C299" s="26">
-        <v>352</v>
+        <v>480</v>
       </c>
       <c r="D299" s="26">
-        <v>6336</v>
+        <v>8640</v>
       </c>
       <c r="E299" s="26">
-        <v>53.24</v>
+        <v>56.1</v>
       </c>
       <c r="F299" s="28">
-        <v>53.24</v>
+        <v>53.1</v>
       </c>
       <c r="G299" s="29"/>
     </row>
     <row r="300" spans="1:15">
       <c r="B300" s="26" t="s">
         <v>303</v>
       </c>
       <c r="C300" s="26">
         <v>480</v>
       </c>
       <c r="D300" s="26">
         <v>8640</v>
       </c>
       <c r="E300" s="26">
-        <v>54.29</v>
+        <v>56.1</v>
       </c>
       <c r="F300" s="28">
-        <v>54.29</v>
+        <v>53.1</v>
       </c>
       <c r="G300" s="29"/>
     </row>
     <row r="301" spans="1:15">
       <c r="B301" s="26" t="s">
         <v>304</v>
       </c>
       <c r="C301" s="26">
         <v>480</v>
       </c>
       <c r="D301" s="26">
         <v>8640</v>
       </c>
       <c r="E301" s="26">
-        <v>54.29</v>
+        <v>54.3</v>
       </c>
       <c r="F301" s="28">
-        <v>54.29</v>
+        <v>51.3</v>
       </c>
       <c r="G301" s="29"/>
     </row>
     <row r="302" spans="1:15">
       <c r="B302" s="26" t="s">
         <v>305</v>
       </c>
       <c r="C302" s="26">
         <v>480</v>
       </c>
       <c r="D302" s="26">
         <v>8640</v>
       </c>
       <c r="E302" s="26">
-        <v>54.29</v>
+        <v>54.3</v>
       </c>
       <c r="F302" s="28">
-        <v>54.29</v>
+        <v>51.3</v>
       </c>
       <c r="G302" s="29"/>
     </row>
     <row r="303" spans="1:15">
       <c r="B303" s="26" t="s">
         <v>306</v>
       </c>
       <c r="C303" s="26">
         <v>480</v>
       </c>
       <c r="D303" s="26">
         <v>8640</v>
       </c>
       <c r="E303" s="26">
-        <v>58.61</v>
+        <v>54.3</v>
       </c>
       <c r="F303" s="28">
-        <v>58.61</v>
+        <v>51.3</v>
       </c>
       <c r="G303" s="29"/>
     </row>
     <row r="304" spans="1:15">
       <c r="B304" s="26" t="s">
         <v>307</v>
       </c>
       <c r="C304" s="26">
         <v>480</v>
       </c>
       <c r="D304" s="26">
         <v>8640</v>
       </c>
       <c r="E304" s="26">
-        <v>58.61</v>
+        <v>28.91</v>
       </c>
       <c r="F304" s="28">
-        <v>58.61</v>
+        <v>25.29</v>
       </c>
       <c r="G304" s="29"/>
     </row>
     <row r="305" spans="1:15">
       <c r="B305" s="26" t="s">
         <v>308</v>
       </c>
       <c r="C305" s="26">
         <v>480</v>
       </c>
       <c r="D305" s="26">
         <v>8640</v>
       </c>
       <c r="E305" s="26">
-        <v>58.61</v>
+        <v>28.91</v>
       </c>
       <c r="F305" s="28">
-        <v>58.61</v>
+        <v>25.29</v>
       </c>
       <c r="G305" s="29"/>
     </row>
     <row r="306" spans="1:15">
       <c r="B306" s="26" t="s">
         <v>309</v>
       </c>
       <c r="C306" s="26">
         <v>480</v>
       </c>
       <c r="D306" s="26">
         <v>8640</v>
       </c>
       <c r="E306" s="26">
-        <v>29.86</v>
+        <v>28.91</v>
       </c>
       <c r="F306" s="28">
-        <v>29.86</v>
+        <v>25.29</v>
       </c>
       <c r="G306" s="29"/>
     </row>
     <row r="307" spans="1:15">
       <c r="B307" s="26" t="s">
         <v>310</v>
       </c>
       <c r="C307" s="26">
         <v>480</v>
       </c>
       <c r="D307" s="26">
         <v>8640</v>
       </c>
       <c r="E307" s="26">
-        <v>29.86</v>
+        <v>65.7</v>
       </c>
       <c r="F307" s="28">
-        <v>29.86</v>
+        <v>62.7</v>
       </c>
       <c r="G307" s="29"/>
     </row>
     <row r="308" spans="1:15">
       <c r="B308" s="26" t="s">
         <v>311</v>
       </c>
       <c r="C308" s="26">
         <v>480</v>
       </c>
       <c r="D308" s="26">
         <v>8640</v>
       </c>
       <c r="E308" s="26">
-        <v>29.86</v>
+        <v>44.6</v>
       </c>
       <c r="F308" s="28">
-        <v>29.86</v>
+        <v>41.6</v>
       </c>
       <c r="G308" s="29"/>
     </row>
     <row r="309" spans="1:15">
-      <c r="B309" s="26" t="s">
+      <c r="B309" s="25" t="s">
         <v>312</v>
       </c>
-      <c r="C309" s="26">
-[...11 lines deleted...]
-      <c r="G309" s="29"/>
+      <c r="C309" s="27"/>
+      <c r="D309" s="27"/>
+      <c r="E309" s="27"/>
+      <c r="F309" s="27"/>
+      <c r="G309" s="27"/>
     </row>
     <row r="310" spans="1:15">
       <c r="B310" s="26" t="s">
         <v>313</v>
       </c>
       <c r="C310" s="26">
-        <v>480</v>
+        <v>320</v>
       </c>
       <c r="D310" s="26">
-        <v>8640</v>
+        <v>6400</v>
       </c>
       <c r="E310" s="26">
-        <v>39.15</v>
+        <v>77.52</v>
       </c>
       <c r="F310" s="28">
-        <v>39.15</v>
+        <v>75.52</v>
       </c>
       <c r="G310" s="29"/>
     </row>
     <row r="311" spans="1:15">
-      <c r="B311" s="25" t="s">
+      <c r="B311" s="26" t="s">
         <v>314</v>
       </c>
-      <c r="C311" s="27"/>
-[...3 lines deleted...]
-      <c r="G311" s="27"/>
+      <c r="C311" s="26">
+        <v>320</v>
+      </c>
+      <c r="D311" s="26">
+        <v>6400</v>
+      </c>
+      <c r="E311" s="26">
+        <v>54.37</v>
+      </c>
+      <c r="F311" s="28">
+        <v>52.37</v>
+      </c>
+      <c r="G311" s="29"/>
     </row>
     <row r="312" spans="1:15">
       <c r="B312" s="26" t="s">
         <v>315</v>
       </c>
       <c r="C312" s="26">
         <v>320</v>
       </c>
       <c r="D312" s="26">
         <v>6400</v>
       </c>
       <c r="E312" s="26">
-        <v>77.52</v>
+        <v>50.99</v>
       </c>
       <c r="F312" s="28">
-        <v>75.52</v>
+        <v>48.99</v>
       </c>
       <c r="G312" s="29"/>
     </row>
     <row r="313" spans="1:15">
       <c r="B313" s="26" t="s">
         <v>316</v>
       </c>
       <c r="C313" s="26">
         <v>320</v>
       </c>
       <c r="D313" s="26">
         <v>6400</v>
       </c>
       <c r="E313" s="26">
-        <v>54.37</v>
+        <v>86.08</v>
       </c>
       <c r="F313" s="28">
-        <v>52.37</v>
+        <v>84.08</v>
       </c>
       <c r="G313" s="29"/>
     </row>
     <row r="314" spans="1:15">
       <c r="B314" s="26" t="s">
         <v>317</v>
       </c>
       <c r="C314" s="26">
         <v>320</v>
       </c>
       <c r="D314" s="26">
         <v>6400</v>
       </c>
       <c r="E314" s="26">
-        <v>50.99</v>
+        <v>53.85</v>
       </c>
       <c r="F314" s="28">
-        <v>48.99</v>
+        <v>51.85</v>
       </c>
       <c r="G314" s="29"/>
     </row>
     <row r="315" spans="1:15">
       <c r="B315" s="26" t="s">
         <v>318</v>
       </c>
       <c r="C315" s="26">
-        <v>320</v>
+        <v>384</v>
       </c>
       <c r="D315" s="26">
-        <v>6400</v>
+        <v>6912</v>
       </c>
       <c r="E315" s="26">
-        <v>86.08</v>
+        <v>50.74</v>
       </c>
       <c r="F315" s="28">
-        <v>84.08</v>
+        <v>48.74</v>
       </c>
       <c r="G315" s="29"/>
     </row>
     <row r="316" spans="1:15">
       <c r="B316" s="26" t="s">
         <v>319</v>
       </c>
       <c r="C316" s="26">
-        <v>320</v>
+        <v>480</v>
       </c>
       <c r="D316" s="26">
-        <v>6400</v>
+        <v>7680</v>
       </c>
       <c r="E316" s="26">
-        <v>53.85</v>
+        <v>58.44</v>
       </c>
       <c r="F316" s="28">
-        <v>51.85</v>
+        <v>56.44</v>
       </c>
       <c r="G316" s="29"/>
     </row>
     <row r="317" spans="1:15">
       <c r="B317" s="26" t="s">
         <v>320</v>
       </c>
       <c r="C317" s="26">
-        <v>384</v>
+        <v>480</v>
       </c>
       <c r="D317" s="26">
-        <v>6912</v>
+        <v>8640</v>
       </c>
       <c r="E317" s="26">
-        <v>50.74</v>
+        <v>57.94</v>
       </c>
       <c r="F317" s="28">
-        <v>48.74</v>
+        <v>55.94</v>
       </c>
       <c r="G317" s="29"/>
     </row>
     <row r="318" spans="1:15">
       <c r="B318" s="26" t="s">
         <v>321</v>
       </c>
       <c r="C318" s="26">
         <v>480</v>
       </c>
       <c r="D318" s="26">
         <v>7680</v>
       </c>
       <c r="E318" s="26">
-        <v>58.44</v>
+        <v>41.29</v>
       </c>
       <c r="F318" s="28">
-        <v>56.44</v>
+        <v>39.29</v>
       </c>
       <c r="G318" s="29"/>
     </row>
     <row r="319" spans="1:15">
       <c r="B319" s="26" t="s">
         <v>322</v>
       </c>
       <c r="C319" s="26">
         <v>480</v>
       </c>
       <c r="D319" s="26">
         <v>8640</v>
       </c>
       <c r="E319" s="26">
-        <v>57.94</v>
+        <v>40.79</v>
       </c>
       <c r="F319" s="28">
-        <v>55.94</v>
+        <v>38.79</v>
       </c>
       <c r="G319" s="29"/>
     </row>
     <row r="320" spans="1:15">
       <c r="B320" s="26" t="s">
         <v>323</v>
       </c>
       <c r="C320" s="26">
         <v>480</v>
       </c>
       <c r="D320" s="26">
         <v>7680</v>
       </c>
       <c r="E320" s="26">
-        <v>41.29</v>
+        <v>38.79</v>
       </c>
       <c r="F320" s="28">
-        <v>39.29</v>
+        <v>36.79</v>
       </c>
       <c r="G320" s="29"/>
     </row>
     <row r="321" spans="1:15">
       <c r="B321" s="26" t="s">
         <v>324</v>
       </c>
       <c r="C321" s="26">
         <v>480</v>
       </c>
       <c r="D321" s="26">
         <v>8640</v>
       </c>
       <c r="E321" s="26">
-        <v>40.79</v>
+        <v>38.29</v>
       </c>
       <c r="F321" s="28">
-        <v>38.79</v>
+        <v>36.29</v>
       </c>
       <c r="G321" s="29"/>
     </row>
     <row r="322" spans="1:15">
       <c r="B322" s="26" t="s">
         <v>325</v>
       </c>
       <c r="C322" s="26">
         <v>480</v>
       </c>
       <c r="D322" s="26">
         <v>7680</v>
       </c>
       <c r="E322" s="26">
-        <v>38.79</v>
+        <v>64.78</v>
       </c>
       <c r="F322" s="28">
-        <v>36.79</v>
+        <v>62.78</v>
       </c>
       <c r="G322" s="29"/>
     </row>
     <row r="323" spans="1:15">
       <c r="B323" s="26" t="s">
         <v>326</v>
       </c>
       <c r="C323" s="26">
         <v>480</v>
       </c>
       <c r="D323" s="26">
-        <v>8640</v>
+        <v>7680</v>
       </c>
       <c r="E323" s="26">
-        <v>38.29</v>
+        <v>64.28</v>
       </c>
       <c r="F323" s="28">
-        <v>36.29</v>
+        <v>62.28</v>
       </c>
       <c r="G323" s="29"/>
     </row>
     <row r="324" spans="1:15">
       <c r="B324" s="26" t="s">
         <v>327</v>
       </c>
       <c r="C324" s="26">
         <v>480</v>
       </c>
       <c r="D324" s="26">
         <v>7680</v>
       </c>
       <c r="E324" s="26">
-        <v>64.78</v>
+        <v>40.91</v>
       </c>
       <c r="F324" s="28">
-        <v>62.78</v>
+        <v>38.91</v>
       </c>
       <c r="G324" s="29"/>
     </row>
     <row r="325" spans="1:15">
       <c r="B325" s="26" t="s">
         <v>328</v>
       </c>
       <c r="C325" s="26">
         <v>480</v>
       </c>
       <c r="D325" s="26">
-        <v>7680</v>
+        <v>8640</v>
       </c>
       <c r="E325" s="26">
-        <v>64.28</v>
+        <v>40.41</v>
       </c>
       <c r="F325" s="28">
-        <v>62.28</v>
+        <v>38.41</v>
       </c>
       <c r="G325" s="29"/>
     </row>
     <row r="326" spans="1:15">
       <c r="B326" s="26" t="s">
         <v>329</v>
       </c>
       <c r="C326" s="26">
         <v>480</v>
       </c>
       <c r="D326" s="26">
-        <v>7680</v>
+        <v>8640</v>
       </c>
       <c r="E326" s="26">
-        <v>40.91</v>
+        <v>38.1</v>
       </c>
       <c r="F326" s="28">
-        <v>38.91</v>
+        <v>34.3</v>
       </c>
       <c r="G326" s="29"/>
-    </row>
-[...34 lines deleted...]
-      <c r="G328" s="29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B139:G139"/>
     <mergeCell ref="B155:G155"/>
     <mergeCell ref="B168:G168"/>
     <mergeCell ref="B180:G180"/>
     <mergeCell ref="B220:G220"/>
     <mergeCell ref="B238:G238"/>
     <mergeCell ref="B248:G248"/>
     <mergeCell ref="B274:G274"/>
     <mergeCell ref="B279:G279"/>
     <mergeCell ref="B286:G286"/>
-    <mergeCell ref="B288:G288"/>
-    <mergeCell ref="B311:G311"/>
+    <mergeCell ref="B309:G309"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>