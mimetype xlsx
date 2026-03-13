--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
   <si>
-    <t>*прайс действителен на 27.01.2026</t>
+    <t>*прайс действителен на 13.03.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>