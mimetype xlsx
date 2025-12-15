--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
-    <t>*прайс действителен на 24.10.2025</t>
+    <t>*прайс действителен на 15.12.2025</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>