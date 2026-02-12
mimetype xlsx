--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
-    <t>*прайс действителен на 15.12.2025</t>
+    <t>*прайс действителен на 12.02.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>