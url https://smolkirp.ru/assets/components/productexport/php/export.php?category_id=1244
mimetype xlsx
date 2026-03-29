--- v2 (2026-02-12)
+++ v3 (2026-03-29)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
-    <t>*прайс действителен на 12.02.2026</t>
+    <t>*прайс действителен на 29.03.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>