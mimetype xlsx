--- v0 (2026-01-07)
+++ v1 (2026-03-03)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>*прайс действителен на 07.01.2026</t>
+    <t>*прайс действителен на 03.03.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (4812) 548-588  
 Адрес: г.Смоленск. Ул. 25 Сентября, д9к1
 http://smolkirp.ru</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -1160,1462 +1160,1462 @@
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
     </row>
     <row r="6" spans="1:15">
       <c r="B6" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="27"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
     </row>
     <row r="7" spans="1:15">
       <c r="B7" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="26"/>
       <c r="D7" s="26" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="26">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="F7" s="28">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="G7" s="29"/>
     </row>
     <row r="8" spans="1:15">
       <c r="B8" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26">
         <v>144</v>
       </c>
       <c r="E8" s="26">
-        <v>3106.0</v>
+        <v>3159.0</v>
       </c>
       <c r="F8" s="28">
-        <v>3106.0</v>
+        <v>3159.0</v>
       </c>
       <c r="G8" s="29"/>
     </row>
     <row r="9" spans="1:15">
       <c r="B9" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="26"/>
       <c r="D9" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F9" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G9" s="29"/>
     </row>
     <row r="10" spans="1:15">
       <c r="B10" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="26"/>
       <c r="D10" s="26" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F10" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G10" s="29"/>
     </row>
     <row r="11" spans="1:15">
       <c r="B11" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="26"/>
       <c r="D11" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F11" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G11" s="29"/>
     </row>
     <row r="12" spans="1:15">
       <c r="B12" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="26"/>
       <c r="D12" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F12" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G12" s="29"/>
     </row>
     <row r="13" spans="1:15">
       <c r="B13" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="26"/>
       <c r="D13" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F13" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G13" s="29"/>
     </row>
     <row r="14" spans="1:15">
       <c r="B14" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="26"/>
       <c r="D14" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="26">
-        <v>1388.0</v>
+        <v>1412.0</v>
       </c>
       <c r="F14" s="28">
-        <v>1388.0</v>
+        <v>1412.0</v>
       </c>
       <c r="G14" s="29"/>
     </row>
     <row r="15" spans="1:15">
       <c r="B15" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="26"/>
       <c r="D15" s="26">
         <v>108</v>
       </c>
       <c r="E15" s="26">
-        <v>1679.0</v>
+        <v>1707.0</v>
       </c>
       <c r="F15" s="28">
-        <v>1679.0</v>
+        <v>1707.0</v>
       </c>
       <c r="G15" s="29"/>
     </row>
     <row r="16" spans="1:15">
       <c r="B16" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="26"/>
       <c r="D16" s="26" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="26">
-        <v>1752.0</v>
+        <v>1782.0</v>
       </c>
       <c r="F16" s="28">
-        <v>1752.0</v>
+        <v>1782.0</v>
       </c>
       <c r="G16" s="29"/>
     </row>
     <row r="17" spans="1:15">
       <c r="B17" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="26"/>
       <c r="D17" s="26" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="26">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="F17" s="28">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="G17" s="29"/>
     </row>
     <row r="18" spans="1:15">
       <c r="B18" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="26"/>
       <c r="D18" s="26" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="26">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="F18" s="28">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="G18" s="29"/>
     </row>
     <row r="19" spans="1:15">
       <c r="B19" s="26" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="26"/>
       <c r="D19" s="26" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="26">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="F19" s="28">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="G19" s="29"/>
     </row>
     <row r="20" spans="1:15">
       <c r="B20" s="26" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="26"/>
       <c r="D20" s="26" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="26">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="F20" s="28">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="G20" s="29"/>
     </row>
     <row r="21" spans="1:15">
       <c r="B21" s="26" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="26"/>
       <c r="D21" s="26" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="26">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="F21" s="28">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="G21" s="29"/>
     </row>
     <row r="22" spans="1:15">
       <c r="B22" s="26" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="26"/>
       <c r="D22" s="26" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="26">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="F22" s="28">
-        <v>1386.0</v>
+        <v>1410.0</v>
       </c>
       <c r="G22" s="29"/>
     </row>
     <row r="23" spans="1:15">
       <c r="B23" s="26" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="26"/>
       <c r="D23" s="26" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="26">
-        <v>1213.0</v>
+        <v>1234.0</v>
       </c>
       <c r="F23" s="28">
-        <v>1213.0</v>
+        <v>1234.0</v>
       </c>
       <c r="G23" s="29"/>
     </row>
     <row r="24" spans="1:15">
       <c r="B24" s="26" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="26"/>
       <c r="D24" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="26">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="F24" s="28">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="G24" s="29"/>
     </row>
     <row r="25" spans="1:15">
       <c r="B25" s="26" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="26"/>
       <c r="D25" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E25" s="26">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="F25" s="28">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="G25" s="29"/>
     </row>
     <row r="26" spans="1:15">
       <c r="B26" s="26" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="26"/>
       <c r="D26" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E26" s="26">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="F26" s="28">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="G26" s="29"/>
     </row>
     <row r="27" spans="1:15">
       <c r="B27" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="26"/>
       <c r="D27" s="26" t="s">
         <v>32</v>
       </c>
       <c r="E27" s="26">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="F27" s="28">
-        <v>2126.0</v>
+        <v>2162.0</v>
       </c>
       <c r="G27" s="29"/>
     </row>
     <row r="28" spans="1:15">
       <c r="B28" s="26" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="26"/>
       <c r="D28" s="26">
         <v>144</v>
       </c>
       <c r="E28" s="26">
-        <v>3106.0</v>
+        <v>3159.0</v>
       </c>
       <c r="F28" s="28">
-        <v>3106.0</v>
+        <v>3159.0</v>
       </c>
       <c r="G28" s="29"/>
     </row>
     <row r="29" spans="1:15">
       <c r="B29" s="26" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="26"/>
       <c r="D29" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F29" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G29" s="29"/>
     </row>
     <row r="30" spans="1:15">
       <c r="B30" s="26" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="26"/>
       <c r="D30" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E30" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F30" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G30" s="29"/>
     </row>
     <row r="31" spans="1:15">
       <c r="B31" s="26" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="26"/>
       <c r="D31" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E31" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F31" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G31" s="29"/>
     </row>
     <row r="32" spans="1:15">
       <c r="B32" s="26" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="26"/>
       <c r="D32" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E32" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F32" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G32" s="29"/>
     </row>
     <row r="33" spans="1:15">
       <c r="B33" s="26" t="s">
         <v>42</v>
       </c>
       <c r="C33" s="26"/>
       <c r="D33" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E33" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F33" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G33" s="29"/>
     </row>
     <row r="34" spans="1:15">
       <c r="B34" s="26" t="s">
         <v>43</v>
       </c>
       <c r="C34" s="26"/>
       <c r="D34" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E34" s="26">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="F34" s="28">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="G34" s="29"/>
     </row>
     <row r="35" spans="1:15">
       <c r="B35" s="26" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="26"/>
       <c r="D35" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E35" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F35" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G35" s="29"/>
     </row>
     <row r="36" spans="1:15">
       <c r="B36" s="26" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="26"/>
       <c r="D36" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E36" s="26">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="F36" s="28">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="G36" s="29"/>
     </row>
     <row r="37" spans="1:15">
       <c r="B37" s="26" t="s">
         <v>46</v>
       </c>
       <c r="C37" s="26"/>
       <c r="D37" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E37" s="26">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="F37" s="28">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="G37" s="29"/>
     </row>
     <row r="38" spans="1:15">
       <c r="B38" s="26" t="s">
         <v>47</v>
       </c>
       <c r="C38" s="26"/>
       <c r="D38" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E38" s="26">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="F38" s="28">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="G38" s="29"/>
     </row>
     <row r="39" spans="1:15">
       <c r="B39" s="26" t="s">
         <v>48</v>
       </c>
       <c r="C39" s="26"/>
       <c r="D39" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E39" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F39" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G39" s="29"/>
     </row>
     <row r="40" spans="1:15">
       <c r="B40" s="26" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="26"/>
       <c r="D40" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E40" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F40" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G40" s="29"/>
     </row>
     <row r="41" spans="1:15">
       <c r="B41" s="26" t="s">
         <v>51</v>
       </c>
       <c r="C41" s="26"/>
       <c r="D41" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E41" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F41" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G41" s="29"/>
     </row>
     <row r="42" spans="1:15">
       <c r="B42" s="26" t="s">
         <v>52</v>
       </c>
       <c r="C42" s="26"/>
       <c r="D42" s="26" t="s">
         <v>53</v>
       </c>
       <c r="E42" s="26">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="F42" s="28">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="G42" s="29"/>
     </row>
     <row r="43" spans="1:15">
       <c r="B43" s="26" t="s">
         <v>54</v>
       </c>
       <c r="C43" s="26"/>
       <c r="D43" s="26" t="s">
         <v>53</v>
       </c>
       <c r="E43" s="26">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="F43" s="28">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="G43" s="29"/>
     </row>
     <row r="44" spans="1:15">
       <c r="B44" s="26" t="s">
         <v>55</v>
       </c>
       <c r="C44" s="26"/>
       <c r="D44" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E44" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F44" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G44" s="29"/>
     </row>
     <row r="45" spans="1:15">
       <c r="B45" s="26" t="s">
         <v>56</v>
       </c>
       <c r="C45" s="26"/>
       <c r="D45" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E45" s="26">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="F45" s="28">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="G45" s="29"/>
     </row>
     <row r="46" spans="1:15">
       <c r="B46" s="26" t="s">
         <v>57</v>
       </c>
       <c r="C46" s="26"/>
       <c r="D46" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E46" s="26">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="F46" s="28">
-        <v>1692.0</v>
+        <v>1720.0</v>
       </c>
       <c r="G46" s="29"/>
     </row>
     <row r="47" spans="1:15">
       <c r="B47" s="26" t="s">
         <v>58</v>
       </c>
       <c r="C47" s="26"/>
       <c r="D47" s="26" t="s">
         <v>59</v>
       </c>
       <c r="E47" s="26">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="F47" s="28">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="G47" s="29"/>
     </row>
     <row r="48" spans="1:15">
       <c r="B48" s="26" t="s">
         <v>60</v>
       </c>
       <c r="C48" s="26"/>
       <c r="D48" s="26" t="s">
         <v>53</v>
       </c>
       <c r="E48" s="26">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="F48" s="28">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="G48" s="29"/>
     </row>
     <row r="49" spans="1:15">
       <c r="B49" s="26" t="s">
         <v>61</v>
       </c>
       <c r="C49" s="26"/>
       <c r="D49" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E49" s="26">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="F49" s="28">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="G49" s="29"/>
     </row>
     <row r="50" spans="1:15">
       <c r="B50" s="26" t="s">
         <v>62</v>
       </c>
       <c r="C50" s="26"/>
       <c r="D50" s="26" t="s">
         <v>53</v>
       </c>
       <c r="E50" s="26">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="F50" s="28">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="G50" s="29"/>
     </row>
     <row r="51" spans="1:15">
       <c r="B51" s="26" t="s">
         <v>63</v>
       </c>
       <c r="C51" s="26"/>
       <c r="D51" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="26">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="F51" s="28">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="G51" s="29"/>
     </row>
     <row r="52" spans="1:15">
       <c r="B52" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C52" s="26"/>
       <c r="D52" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E52" s="26">
-        <v>1445.0</v>
+        <v>1470.0</v>
       </c>
       <c r="F52" s="28">
-        <v>1445.0</v>
+        <v>1470.0</v>
       </c>
       <c r="G52" s="29"/>
     </row>
     <row r="53" spans="1:15">
       <c r="B53" s="26" t="s">
         <v>65</v>
       </c>
       <c r="C53" s="26"/>
       <c r="D53" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E53" s="26">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="F53" s="28">
-        <v>2682.0</v>
+        <v>2727.0</v>
       </c>
       <c r="G53" s="29"/>
     </row>
     <row r="54" spans="1:15">
       <c r="B54" s="26" t="s">
         <v>66</v>
       </c>
       <c r="C54" s="26"/>
       <c r="D54" s="26" t="s">
         <v>59</v>
       </c>
       <c r="E54" s="26">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="F54" s="28">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="G54" s="29"/>
     </row>
     <row r="55" spans="1:15">
       <c r="B55" s="26" t="s">
         <v>67</v>
       </c>
       <c r="C55" s="26"/>
       <c r="D55" s="26" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F55" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G55" s="29"/>
     </row>
     <row r="56" spans="1:15">
       <c r="B56" s="26" t="s">
         <v>68</v>
       </c>
       <c r="C56" s="26"/>
       <c r="D56" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F56" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G56" s="29"/>
     </row>
     <row r="57" spans="1:15">
       <c r="B57" s="26" t="s">
         <v>69</v>
       </c>
       <c r="C57" s="26"/>
       <c r="D57" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F57" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G57" s="29"/>
     </row>
     <row r="58" spans="1:15">
       <c r="B58" s="26" t="s">
         <v>70</v>
       </c>
       <c r="C58" s="26"/>
       <c r="D58" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F58" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G58" s="29"/>
     </row>
     <row r="59" spans="1:15">
       <c r="B59" s="26" t="s">
         <v>71</v>
       </c>
       <c r="C59" s="26"/>
       <c r="D59" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="26">
-        <v>1388.0</v>
+        <v>1412.0</v>
       </c>
       <c r="F59" s="28">
-        <v>1388.0</v>
+        <v>1412.0</v>
       </c>
       <c r="G59" s="29"/>
     </row>
     <row r="60" spans="1:15">
       <c r="B60" s="26" t="s">
         <v>72</v>
       </c>
       <c r="C60" s="26"/>
       <c r="D60" s="26" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F60" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G60" s="29"/>
     </row>
     <row r="61" spans="1:15">
       <c r="B61" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C61" s="26"/>
       <c r="D61" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E61" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F61" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G61" s="29"/>
     </row>
     <row r="62" spans="1:15">
       <c r="B62" s="26" t="s">
         <v>75</v>
       </c>
       <c r="C62" s="26"/>
       <c r="D62" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E62" s="26">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="F62" s="28">
-        <v>1618.0</v>
+        <v>1646.0</v>
       </c>
       <c r="G62" s="29"/>
     </row>
     <row r="63" spans="1:15">
       <c r="B63" s="26" t="s">
         <v>76</v>
       </c>
       <c r="C63" s="26"/>
       <c r="D63" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E63" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F63" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G63" s="29"/>
     </row>
     <row r="64" spans="1:15">
       <c r="B64" s="26" t="s">
         <v>77</v>
       </c>
       <c r="C64" s="26"/>
       <c r="D64" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E64" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F64" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G64" s="29"/>
     </row>
     <row r="65" spans="1:15">
       <c r="B65" s="26" t="s">
         <v>78</v>
       </c>
       <c r="C65" s="26"/>
       <c r="D65" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E65" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F65" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G65" s="29"/>
     </row>
     <row r="66" spans="1:15">
       <c r="B66" s="26" t="s">
         <v>79</v>
       </c>
       <c r="C66" s="26"/>
       <c r="D66" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E66" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F66" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G66" s="29"/>
     </row>
     <row r="67" spans="1:15">
       <c r="B67" s="26" t="s">
         <v>80</v>
       </c>
       <c r="C67" s="26"/>
       <c r="D67" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E67" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F67" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G67" s="29"/>
     </row>
     <row r="68" spans="1:15">
       <c r="B68" s="26" t="s">
         <v>81</v>
       </c>
       <c r="C68" s="26"/>
       <c r="D68" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E68" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F68" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G68" s="29"/>
     </row>
     <row r="69" spans="1:15">
       <c r="B69" s="26" t="s">
         <v>82</v>
       </c>
       <c r="C69" s="26"/>
       <c r="D69" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E69" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F69" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G69" s="29"/>
     </row>
     <row r="70" spans="1:15">
       <c r="B70" s="26" t="s">
         <v>83</v>
       </c>
       <c r="C70" s="26"/>
       <c r="D70" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E70" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F70" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G70" s="29"/>
     </row>
     <row r="71" spans="1:15">
       <c r="B71" s="26" t="s">
         <v>84</v>
       </c>
       <c r="C71" s="26"/>
       <c r="D71" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E71" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F71" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G71" s="29"/>
     </row>
     <row r="72" spans="1:15">
       <c r="B72" s="26" t="s">
         <v>85</v>
       </c>
       <c r="C72" s="26"/>
       <c r="D72" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E72" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F72" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G72" s="29"/>
     </row>
     <row r="73" spans="1:15">
       <c r="B73" s="26" t="s">
         <v>86</v>
       </c>
       <c r="C73" s="26"/>
       <c r="D73" s="26" t="s">
         <v>74</v>
       </c>
       <c r="E73" s="26">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="F73" s="28">
-        <v>2605.0</v>
+        <v>2649.0</v>
       </c>
       <c r="G73" s="29"/>
     </row>
     <row r="74" spans="1:15">
       <c r="B74" s="26" t="s">
         <v>87</v>
       </c>
       <c r="C74" s="26"/>
       <c r="D74" s="26" t="s">
         <v>88</v>
       </c>
       <c r="E74" s="26">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="F74" s="28">
-        <v>2906.0</v>
+        <v>2955.0</v>
       </c>
       <c r="G74" s="29"/>
     </row>
     <row r="75" spans="1:15">
       <c r="B75" s="26" t="s">
         <v>89</v>
       </c>
       <c r="C75" s="26"/>
       <c r="D75" s="26">
         <v>108</v>
       </c>
       <c r="E75" s="26">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="F75" s="28">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="G75" s="29"/>
     </row>
     <row r="76" spans="1:15">
       <c r="B76" s="26" t="s">
         <v>90</v>
       </c>
       <c r="C76" s="26"/>
       <c r="D76" s="26">
         <v>108</v>
       </c>
       <c r="E76" s="26">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="F76" s="28">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="G76" s="29"/>
     </row>
     <row r="77" spans="1:15">
       <c r="B77" s="26" t="s">
         <v>91</v>
       </c>
       <c r="C77" s="26"/>
       <c r="D77" s="26">
         <v>108</v>
       </c>
       <c r="E77" s="26">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="F77" s="28">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="G77" s="29"/>
     </row>
     <row r="78" spans="1:15">
       <c r="B78" s="26" t="s">
         <v>92</v>
       </c>
       <c r="C78" s="26"/>
       <c r="D78" s="26">
         <v>108</v>
       </c>
       <c r="E78" s="26">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="F78" s="28">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="G78" s="29"/>
     </row>
     <row r="79" spans="1:15">
       <c r="B79" s="26" t="s">
         <v>93</v>
       </c>
       <c r="C79" s="26"/>
       <c r="D79" s="26">
         <v>130</v>
       </c>
       <c r="E79" s="26">
-        <v>1755.0</v>
+        <v>1782.0</v>
       </c>
       <c r="F79" s="28">
-        <v>1755.0</v>
+        <v>1782.0</v>
       </c>
       <c r="G79" s="29"/>
     </row>
     <row r="80" spans="1:15">
       <c r="B80" s="26" t="s">
         <v>94</v>
       </c>
       <c r="C80" s="26"/>
       <c r="D80" s="26">
         <v>108</v>
       </c>
       <c r="E80" s="26">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="F80" s="28">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="G80" s="29"/>
     </row>
     <row r="81" spans="1:15">
       <c r="B81" s="26" t="s">
         <v>95</v>
       </c>
       <c r="C81" s="26"/>
       <c r="D81" s="26">
         <v>108</v>
       </c>
       <c r="E81" s="26">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="F81" s="28">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="G81" s="29"/>
     </row>
     <row r="82" spans="1:15">
       <c r="B82" s="26" t="s">
         <v>96</v>
       </c>
       <c r="C82" s="26"/>
       <c r="D82" s="26">
         <v>108</v>
       </c>
       <c r="E82" s="26">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="F82" s="28">
-        <v>3292.0</v>
+        <v>3348.0</v>
       </c>
       <c r="G82" s="29"/>
     </row>
     <row r="83" spans="1:15">
       <c r="B83" s="26" t="s">
         <v>97</v>
       </c>
       <c r="C83" s="26"/>
       <c r="D83" s="26">
         <v>108</v>
       </c>
       <c r="E83" s="26">
-        <v>1679.0</v>
+        <v>1707.0</v>
       </c>
       <c r="F83" s="28">
-        <v>1679.0</v>
+        <v>1707.0</v>
       </c>
       <c r="G83" s="29"/>
     </row>
     <row r="84" spans="1:15">
       <c r="B84" s="26" t="s">
         <v>98</v>
       </c>
       <c r="C84" s="26"/>
       <c r="D84" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E84" s="26">
-        <v>1947.0</v>
+        <v>1980.0</v>
       </c>
       <c r="F84" s="28">
-        <v>1947.0</v>
+        <v>1980.0</v>
       </c>
       <c r="G84" s="29"/>
     </row>
     <row r="85" spans="1:15">
       <c r="B85" s="26" t="s">
         <v>100</v>
       </c>
       <c r="C85" s="26"/>
       <c r="D85" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E85" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F85" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G85" s="29"/>
     </row>
     <row r="86" spans="1:15">
       <c r="B86" s="26" t="s">
         <v>101</v>
       </c>
       <c r="C86" s="26"/>
       <c r="D86" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E86" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F86" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G86" s="29"/>
     </row>
     <row r="87" spans="1:15">
       <c r="B87" s="26" t="s">
         <v>102</v>
       </c>
       <c r="C87" s="26"/>
       <c r="D87" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E87" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F87" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G87" s="29"/>
     </row>
     <row r="88" spans="1:15">
       <c r="B88" s="26" t="s">
         <v>103</v>
       </c>
       <c r="C88" s="26"/>
       <c r="D88" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E88" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F88" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G88" s="29"/>
     </row>
     <row r="89" spans="1:15">
       <c r="B89" s="26" t="s">
         <v>104</v>
       </c>
       <c r="C89" s="26"/>
       <c r="D89" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E89" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F89" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G89" s="29"/>
     </row>
     <row r="90" spans="1:15">
       <c r="B90" s="26" t="s">
         <v>105</v>
       </c>
       <c r="C90" s="26"/>
       <c r="D90" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E90" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F90" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G90" s="29"/>
     </row>
     <row r="91" spans="1:15">
       <c r="B91" s="26" t="s">
         <v>106</v>
       </c>
       <c r="C91" s="26"/>
       <c r="D91" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E91" s="26">
-        <v>1679.0</v>
+        <v>1707.0</v>
       </c>
       <c r="F91" s="28">
-        <v>1679.0</v>
+        <v>1707.0</v>
       </c>
       <c r="G91" s="29"/>
     </row>
     <row r="92" spans="1:15">
       <c r="B92" s="26" t="s">
         <v>107</v>
       </c>
       <c r="C92" s="26"/>
       <c r="D92" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E92" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F92" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G92" s="29"/>
     </row>
     <row r="93" spans="1:15">
       <c r="B93" s="26" t="s">
         <v>108</v>
       </c>
       <c r="C93" s="26"/>
       <c r="D93" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E93" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F93" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G93" s="29"/>
     </row>
     <row r="94" spans="1:15">
       <c r="B94" s="26" t="s">
         <v>109</v>
       </c>
       <c r="C94" s="26"/>
       <c r="D94" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E94" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F94" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G94" s="29"/>
     </row>
     <row r="95" spans="1:15">
       <c r="B95" s="26" t="s">
         <v>110</v>
       </c>
       <c r="C95" s="26"/>
       <c r="D95" s="26" t="s">
         <v>99</v>
       </c>
       <c r="E95" s="26">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="F95" s="28">
-        <v>2926.0</v>
+        <v>2976.0</v>
       </c>
       <c r="G95" s="29"/>
     </row>
     <row r="96" spans="1:15">
       <c r="B96" s="25" t="s">
         <v>111</v>
       </c>
       <c r="C96" s="27"/>
       <c r="D96" s="27"/>
       <c r="E96" s="27"/>
       <c r="F96" s="27"/>
       <c r="G96" s="27"/>
     </row>
     <row r="97" spans="1:15">
       <c r="B97" s="26" t="s">
         <v>112</v>
       </c>
       <c r="C97" s="26"/>
       <c r="D97" s="26" t="s">
         <v>113</v>
       </c>
       <c r="E97" s="26">
         <v>1452.0</v>
       </c>
       <c r="F97" s="28">
@@ -2746,194 +2746,194 @@
       <c r="E105" s="26">
         <v>1794.0</v>
       </c>
       <c r="F105" s="28">
         <v>1794.0</v>
       </c>
       <c r="G105" s="29"/>
     </row>
     <row r="106" spans="1:15">
       <c r="B106" s="25" t="s">
         <v>124</v>
       </c>
       <c r="C106" s="27"/>
       <c r="D106" s="27"/>
       <c r="E106" s="27"/>
       <c r="F106" s="27"/>
       <c r="G106" s="27"/>
     </row>
     <row r="107" spans="1:15">
       <c r="B107" s="26" t="s">
         <v>125</v>
       </c>
       <c r="C107" s="26"/>
       <c r="D107" s="26"/>
       <c r="E107" s="26">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="F107" s="28">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="G107" s="29"/>
     </row>
     <row r="108" spans="1:15">
       <c r="B108" s="26" t="s">
         <v>126</v>
       </c>
       <c r="C108" s="26"/>
       <c r="D108" s="26"/>
       <c r="E108" s="26">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="F108" s="28">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="G108" s="29"/>
     </row>
     <row r="109" spans="1:15">
       <c r="B109" s="26" t="s">
         <v>127</v>
       </c>
       <c r="C109" s="26"/>
       <c r="D109" s="26"/>
       <c r="E109" s="26">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="F109" s="28">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="G109" s="29"/>
     </row>
     <row r="110" spans="1:15">
       <c r="B110" s="26" t="s">
         <v>128</v>
       </c>
       <c r="C110" s="26"/>
       <c r="D110" s="26"/>
       <c r="E110" s="26">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="F110" s="28">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="G110" s="29"/>
     </row>
     <row r="111" spans="1:15">
       <c r="B111" s="26" t="s">
         <v>129</v>
       </c>
       <c r="C111" s="26"/>
       <c r="D111" s="26"/>
       <c r="E111" s="26">
-        <v>740.0</v>
+        <v>890.0</v>
       </c>
       <c r="F111" s="28">
-        <v>740.0</v>
+        <v>890.0</v>
       </c>
       <c r="G111" s="29"/>
     </row>
     <row r="112" spans="1:15">
       <c r="B112" s="26" t="s">
         <v>130</v>
       </c>
       <c r="C112" s="26"/>
       <c r="D112" s="26"/>
       <c r="E112" s="26">
-        <v>1900.0</v>
+        <v>2040.0</v>
       </c>
       <c r="F112" s="28">
-        <v>1900.0</v>
+        <v>2040.0</v>
       </c>
       <c r="G112" s="29"/>
     </row>
     <row r="113" spans="1:15">
       <c r="B113" s="26" t="s">
         <v>131</v>
       </c>
       <c r="C113" s="26"/>
       <c r="D113" s="26"/>
       <c r="E113" s="26">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="F113" s="28">
-        <v>750.0</v>
+        <v>890.0</v>
       </c>
       <c r="G113" s="29"/>
     </row>
     <row r="114" spans="1:15">
       <c r="B114" s="26" t="s">
         <v>132</v>
       </c>
       <c r="C114" s="26"/>
       <c r="D114" s="26"/>
       <c r="E114" s="26">
-        <v>1900.0</v>
+        <v>2040.0</v>
       </c>
       <c r="F114" s="28">
-        <v>1900.0</v>
+        <v>2040.0</v>
       </c>
       <c r="G114" s="29"/>
     </row>
     <row r="115" spans="1:15">
       <c r="B115" s="26" t="s">
         <v>133</v>
       </c>
       <c r="C115" s="26"/>
       <c r="D115" s="26"/>
       <c r="E115" s="26">
-        <v>1900.0</v>
+        <v>2040.0</v>
       </c>
       <c r="F115" s="28">
-        <v>1900.0</v>
+        <v>2040.0</v>
       </c>
       <c r="G115" s="29"/>
     </row>
     <row r="116" spans="1:15">
       <c r="B116" s="26" t="s">
         <v>134</v>
       </c>
       <c r="C116" s="26"/>
       <c r="D116" s="26"/>
       <c r="E116" s="26">
-        <v>1900.0</v>
+        <v>2040.0</v>
       </c>
       <c r="F116" s="28">
-        <v>1900.0</v>
+        <v>2040.0</v>
       </c>
       <c r="G116" s="29"/>
     </row>
     <row r="117" spans="1:15">
       <c r="B117" s="26" t="s">
         <v>135</v>
       </c>
       <c r="C117" s="26"/>
       <c r="D117" s="26"/>
       <c r="E117" s="26">
-        <v>740.0</v>
+        <v>890.0</v>
       </c>
       <c r="F117" s="28">
-        <v>740.0</v>
+        <v>890.0</v>
       </c>
       <c r="G117" s="29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B96:G96"/>
     <mergeCell ref="B106:G106"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>